--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="svg" ContentType="image/svg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="png" ContentType="image/png"/>
-[...1 lines deleted...]
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="emz" ContentType="image/x-emz"/>
-  <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>