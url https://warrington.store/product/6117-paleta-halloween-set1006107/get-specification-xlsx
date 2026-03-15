--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="wmz" ContentType="image/x-wmz"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="svg" ContentType="image/svg"/>
+  <Default Extension="tiff" ContentType="image/tiff"/>
+  <Default Extension="emz" ContentType="image/x-emz"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
-  <Default Extension="png" ContentType="image/png"/>
-[...7 lines deleted...]
-  <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -2657,51 +2657,51 @@
       <c r="K4" s="5">
         <v>2.84</v>
       </c>
     </row>
     <row r="5" ht="80" customHeight="true">
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2">
         <v>1</v>
       </c>
       <c r="H5" s="2">
         <v>900</v>
       </c>
       <c r="I5" s="5">
-        <v>120.24</v>
+        <v>120.36</v>
       </c>
       <c r="J5" s="5">
         <v>10.82</v>
       </c>
       <c r="K5" s="5">
         <v>10.82</v>
       </c>
     </row>
     <row r="6" ht="80" customHeight="true">
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="2">
         <v>24</v>
       </c>
@@ -2717,51 +2717,51 @@
       <c r="K6" s="5">
         <v>3.1</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>1</v>
       </c>
       <c r="H7" s="2">
         <v>290</v>
       </c>
       <c r="I7" s="5">
-        <v>120.24</v>
+        <v>185.37</v>
       </c>
       <c r="J7" s="5">
         <v>16.67</v>
       </c>
       <c r="K7" s="5">
         <v>16.67</v>
       </c>
     </row>
     <row r="8" ht="80" customHeight="true">
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
         <v>1</v>
       </c>
@@ -2807,51 +2807,51 @@
       <c r="K9" s="5">
         <v>3.5</v>
       </c>
     </row>
     <row r="10" ht="80" customHeight="true">
       <c r="B10" s="2"/>
       <c r="C10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="2">
         <v>42</v>
       </c>
       <c r="H10" s="2">
         <v>110</v>
       </c>
       <c r="I10" s="5">
-        <v>26.82</v>
+        <v>51.36</v>
       </c>
       <c r="J10" s="5">
         <v>194.17</v>
       </c>
       <c r="K10" s="5">
         <v>4.62</v>
       </c>
     </row>
     <row r="11" ht="80" customHeight="true">
       <c r="B11" s="2"/>
       <c r="C11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>29</v>
       </c>
       <c r="G11" s="2">
         <v>28</v>
       </c>
@@ -3017,81 +3017,81 @@
       <c r="K16" s="5">
         <v>4.14</v>
       </c>
     </row>
     <row r="17" ht="80" customHeight="true">
       <c r="B17" s="2"/>
       <c r="C17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="G17" s="2">
         <v>8</v>
       </c>
       <c r="H17" s="2">
         <v>140</v>
       </c>
       <c r="I17" s="5">
-        <v>35.32</v>
+        <v>58.9</v>
       </c>
       <c r="J17" s="5">
         <v>42.39</v>
       </c>
       <c r="K17" s="5">
         <v>5.3</v>
       </c>
     </row>
     <row r="18" ht="80" customHeight="true">
       <c r="B18" s="2"/>
       <c r="C18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G18" s="2">
         <v>1</v>
       </c>
       <c r="H18" s="2">
         <v>230</v>
       </c>
       <c r="I18" s="5">
-        <v>45.97</v>
+        <v>71.53</v>
       </c>
       <c r="J18" s="5">
         <v>6.44</v>
       </c>
       <c r="K18" s="5">
         <v>6.44</v>
       </c>
     </row>
     <row r="19" ht="80" customHeight="true">
       <c r="B19" s="2"/>
       <c r="C19" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>33</v>
       </c>
       <c r="G19" s="2">
         <v>20</v>
       </c>
@@ -3107,51 +3107,51 @@
       <c r="K19" s="5">
         <v>3.15</v>
       </c>
     </row>
     <row r="20" ht="80" customHeight="true">
       <c r="B20" s="2"/>
       <c r="C20" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>45</v>
       </c>
       <c r="G20" s="2">
         <v>2</v>
       </c>
       <c r="H20" s="2">
         <v>170</v>
       </c>
       <c r="I20" s="5">
-        <v>60.12</v>
+        <v>79.95</v>
       </c>
       <c r="J20" s="5">
         <v>14.4</v>
       </c>
       <c r="K20" s="5">
         <v>7.2</v>
       </c>
     </row>
     <row r="21" ht="80" customHeight="true">
       <c r="B21" s="2"/>
       <c r="C21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G21" s="2">
         <v>1</v>
       </c>
@@ -3257,111 +3257,111 @@
       <c r="K24" s="5">
         <v>2.22</v>
       </c>
     </row>
     <row r="25" ht="80" customHeight="true">
       <c r="B25" s="2"/>
       <c r="C25" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>55</v>
       </c>
       <c r="G25" s="2">
         <v>2</v>
       </c>
       <c r="H25" s="2">
         <v>100</v>
       </c>
       <c r="I25" s="5">
-        <v>22.82</v>
+        <v>31.83</v>
       </c>
       <c r="J25" s="5">
         <v>5.73</v>
       </c>
       <c r="K25" s="5">
         <v>2.87</v>
       </c>
     </row>
     <row r="26" ht="80" customHeight="true">
       <c r="B26" s="2"/>
       <c r="C26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>57</v>
       </c>
       <c r="G26" s="2">
         <v>1</v>
       </c>
       <c r="H26" s="2">
         <v>360</v>
       </c>
       <c r="I26" s="5">
-        <v>128.7</v>
+        <v>222.41</v>
       </c>
       <c r="J26" s="5">
         <v>20</v>
       </c>
       <c r="K26" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="27" ht="80" customHeight="true">
       <c r="B27" s="2"/>
       <c r="C27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>59</v>
       </c>
       <c r="G27" s="2">
         <v>7</v>
       </c>
       <c r="H27" s="2">
         <v>70</v>
       </c>
       <c r="I27" s="5">
-        <v>41.09</v>
+        <v>56.46</v>
       </c>
       <c r="J27" s="5">
         <v>35.57</v>
       </c>
       <c r="K27" s="5">
         <v>5.08</v>
       </c>
     </row>
     <row r="28" ht="80" customHeight="true">
       <c r="B28" s="2"/>
       <c r="C28" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>61</v>
       </c>
       <c r="G28" s="2">
         <v>1</v>
       </c>
@@ -3497,111 +3497,111 @@
       <c r="K32" s="5">
         <v>5.63</v>
       </c>
     </row>
     <row r="33" ht="80" customHeight="true">
       <c r="B33" s="2"/>
       <c r="C33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>71</v>
       </c>
       <c r="G33" s="2">
         <v>1</v>
       </c>
       <c r="H33" s="2">
         <v>200</v>
       </c>
       <c r="I33" s="5">
-        <v>67.36</v>
+        <v>58.35</v>
       </c>
       <c r="J33" s="5">
         <v>5.26</v>
       </c>
       <c r="K33" s="5">
         <v>5.26</v>
       </c>
     </row>
     <row r="34" ht="80" customHeight="true">
       <c r="B34" s="2"/>
       <c r="C34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>73</v>
       </c>
       <c r="G34" s="2">
         <v>1</v>
       </c>
       <c r="H34" s="2">
         <v>839</v>
       </c>
       <c r="I34" s="5">
-        <v>95.19</v>
+        <v>94.56</v>
       </c>
       <c r="J34" s="5">
         <v>8.5</v>
       </c>
       <c r="K34" s="5">
         <v>8.5</v>
       </c>
     </row>
     <row r="35" ht="80" customHeight="true">
       <c r="B35" s="2"/>
       <c r="C35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>75</v>
       </c>
       <c r="G35" s="2">
         <v>2</v>
       </c>
       <c r="H35" s="2">
         <v>28</v>
       </c>
       <c r="I35" s="5">
-        <v>53.05</v>
+        <v>71.86</v>
       </c>
       <c r="J35" s="5">
         <v>12.92</v>
       </c>
       <c r="K35" s="5">
         <v>6.46</v>
       </c>
     </row>
     <row r="36" ht="80" customHeight="true">
       <c r="B36" s="2"/>
       <c r="C36" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>77</v>
       </c>
       <c r="G36" s="2">
         <v>6</v>
       </c>
@@ -3617,51 +3617,51 @@
       <c r="K36" s="5">
         <v>3.18</v>
       </c>
     </row>
     <row r="37" ht="80" customHeight="true">
       <c r="B37" s="2"/>
       <c r="C37" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>79</v>
       </c>
       <c r="G37" s="2">
         <v>5</v>
       </c>
       <c r="H37" s="2">
         <v>431</v>
       </c>
       <c r="I37" s="5">
-        <v>60.88</v>
+        <v>75.53</v>
       </c>
       <c r="J37" s="5">
         <v>33.97</v>
       </c>
       <c r="K37" s="5">
         <v>6.79</v>
       </c>
     </row>
     <row r="38" ht="80" customHeight="true">
       <c r="B38" s="2"/>
       <c r="C38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>81</v>
       </c>
       <c r="G38" s="2">
         <v>7</v>
       </c>
@@ -3707,81 +3707,81 @@
       <c r="K39" s="5">
         <v>2.22</v>
       </c>
     </row>
     <row r="40" ht="80" customHeight="true">
       <c r="B40" s="2"/>
       <c r="C40" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>85</v>
       </c>
       <c r="G40" s="2">
         <v>1</v>
       </c>
       <c r="H40" s="2">
         <v>170</v>
       </c>
       <c r="I40" s="5">
-        <v>24.71</v>
+        <v>30.78</v>
       </c>
       <c r="J40" s="5">
         <v>2.78</v>
       </c>
       <c r="K40" s="5">
         <v>2.78</v>
       </c>
     </row>
     <row r="41" ht="80" customHeight="true">
       <c r="B41" s="2"/>
       <c r="C41" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>87</v>
       </c>
       <c r="G41" s="2">
         <v>1</v>
       </c>
       <c r="H41" s="2">
         <v>180</v>
       </c>
       <c r="I41" s="5">
-        <v>34.48</v>
+        <v>53.59</v>
       </c>
       <c r="J41" s="5">
         <v>4.84</v>
       </c>
       <c r="K41" s="5">
         <v>4.84</v>
       </c>
     </row>
     <row r="42" ht="80" customHeight="true">
       <c r="B42" s="2"/>
       <c r="C42" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>89</v>
       </c>
       <c r="G42" s="2">
         <v>2</v>
       </c>
@@ -3797,51 +3797,51 @@
       <c r="K42" s="5">
         <v>2.87</v>
       </c>
     </row>
     <row r="43" ht="80" customHeight="true">
       <c r="B43" s="2"/>
       <c r="C43" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>91</v>
       </c>
       <c r="G43" s="2">
         <v>1</v>
       </c>
       <c r="H43" s="2">
         <v>530</v>
       </c>
       <c r="I43" s="5">
-        <v>94.09</v>
+        <v>131.27</v>
       </c>
       <c r="J43" s="5">
         <v>11.83</v>
       </c>
       <c r="K43" s="5">
         <v>11.83</v>
       </c>
     </row>
     <row r="44" ht="80" customHeight="true">
       <c r="B44" s="2"/>
       <c r="C44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>93</v>
       </c>
       <c r="G44" s="2">
         <v>9</v>
       </c>
@@ -3857,81 +3857,81 @@
       <c r="K44" s="5">
         <v>3.63</v>
       </c>
     </row>
     <row r="45" ht="80" customHeight="true">
       <c r="B45" s="2"/>
       <c r="C45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>95</v>
       </c>
       <c r="G45" s="2">
         <v>9</v>
       </c>
       <c r="H45" s="2">
         <v>270</v>
       </c>
       <c r="I45" s="5">
-        <v>33.43</v>
+        <v>61.59</v>
       </c>
       <c r="J45" s="5">
         <v>49.89</v>
       </c>
       <c r="K45" s="5">
         <v>5.54</v>
       </c>
     </row>
     <row r="46" ht="80" customHeight="true">
       <c r="B46" s="2"/>
       <c r="C46" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>97</v>
       </c>
       <c r="G46" s="2">
         <v>6</v>
       </c>
       <c r="H46" s="2">
         <v>20</v>
       </c>
       <c r="I46" s="5">
-        <v>31.83</v>
+        <v>12.88</v>
       </c>
       <c r="J46" s="5">
         <v>6.95</v>
       </c>
       <c r="K46" s="5">
         <v>1.16</v>
       </c>
     </row>
     <row r="47" ht="80" customHeight="true">
       <c r="B47" s="2"/>
       <c r="C47" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>99</v>
       </c>
       <c r="G47" s="2">
         <v>8</v>
       </c>
@@ -4037,51 +4037,51 @@
       <c r="K50" s="5">
         <v>2.53</v>
       </c>
     </row>
     <row r="51" ht="80" customHeight="true">
       <c r="B51" s="2"/>
       <c r="C51" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F51" s="4" t="s">
         <v>106</v>
       </c>
       <c r="G51" s="2">
         <v>1</v>
       </c>
       <c r="H51" s="2">
         <v>31</v>
       </c>
       <c r="I51" s="5">
-        <v>49.59</v>
+        <v>16.63</v>
       </c>
       <c r="J51" s="5">
         <v>1.52</v>
       </c>
       <c r="K51" s="5">
         <v>1.52</v>
       </c>
     </row>
     <row r="52" ht="80" customHeight="true">
       <c r="B52" s="2"/>
       <c r="C52" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="F52" s="4" t="s">
         <v>108</v>
       </c>
       <c r="G52" s="2">
         <v>2</v>
       </c>
@@ -4127,111 +4127,111 @@
       <c r="K53" s="5">
         <v>2.86</v>
       </c>
     </row>
     <row r="54" ht="80" customHeight="true">
       <c r="B54" s="2"/>
       <c r="C54" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="F54" s="4" t="s">
         <v>112</v>
       </c>
       <c r="G54" s="2">
         <v>4</v>
       </c>
       <c r="H54" s="2">
         <v>739</v>
       </c>
       <c r="I54" s="5">
-        <v>115.31</v>
+        <v>138.47</v>
       </c>
       <c r="J54" s="5">
         <v>49.85</v>
       </c>
       <c r="K54" s="5">
         <v>12.46</v>
       </c>
     </row>
     <row r="55" ht="80" customHeight="true">
       <c r="B55" s="2"/>
       <c r="C55" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F55" s="4" t="s">
         <v>114</v>
       </c>
       <c r="G55" s="2">
         <v>1</v>
       </c>
       <c r="H55" s="2">
         <v>771</v>
       </c>
       <c r="I55" s="5">
-        <v>115.31</v>
+        <v>137.2</v>
       </c>
       <c r="J55" s="5">
         <v>12.34</v>
       </c>
       <c r="K55" s="5">
         <v>12.34</v>
       </c>
     </row>
     <row r="56" ht="80" customHeight="true">
       <c r="B56" s="2"/>
       <c r="C56" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="F56" s="4" t="s">
         <v>116</v>
       </c>
       <c r="G56" s="2">
         <v>1</v>
       </c>
       <c r="H56" s="2">
         <v>649</v>
       </c>
       <c r="I56" s="5">
-        <v>116.36</v>
+        <v>138.47</v>
       </c>
       <c r="J56" s="5">
         <v>12.46</v>
       </c>
       <c r="K56" s="5">
         <v>12.46</v>
       </c>
     </row>
     <row r="57" ht="80" customHeight="true">
       <c r="B57" s="2"/>
       <c r="C57" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="F57" s="4" t="s">
         <v>118</v>
       </c>
       <c r="G57" s="2">
         <v>9</v>
       </c>
@@ -4247,51 +4247,51 @@
       <c r="K57" s="5">
         <v>3.66</v>
       </c>
     </row>
     <row r="58" ht="80" customHeight="true">
       <c r="B58" s="2"/>
       <c r="C58" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="F58" s="4" t="s">
         <v>120</v>
       </c>
       <c r="G58" s="2">
         <v>1</v>
       </c>
       <c r="H58" s="2">
         <v>40</v>
       </c>
       <c r="I58" s="5">
-        <v>35.32</v>
+        <v>65.21</v>
       </c>
       <c r="J58" s="5">
         <v>5.85</v>
       </c>
       <c r="K58" s="5">
         <v>5.85</v>
       </c>
     </row>
     <row r="59">
       <c r="G59" s="2" t="str">
         <f>SUM(G3:G58)</f>
       </c>
       <c r="H59" s="2" t="str">
         <f>SUM(H3:H58)</f>
       </c>
       <c r="I59" s="5" t="str">
         <f>SUM(I3:I58)</f>
       </c>
       <c r="J59" s="5" t="str">
         <f>SUM(J3:J58)</f>
       </c>
       <c r="K59" s="5" t="str">
         <f>SUM(K3:K58)</f>
       </c>
     </row>