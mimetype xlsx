--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="bmp" ContentType="image/bmp"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="svg" ContentType="image/svg"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="emz" ContentType="image/x-emz"/>
   <Default Extension="wmz" ContentType="image/x-wmz"/>
-  <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emz" ContentType="image/x-emz"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -1010,447 +1010,447 @@
       <c r="K2" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" ht="80" customHeight="true">
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="2">
         <v>2</v>
       </c>
       <c r="H3" s="2">
         <v>1570</v>
       </c>
       <c r="I3" s="5">
-        <v>187.03</v>
+        <v>187.47</v>
       </c>
       <c r="J3" s="5">
-        <v>69.22</v>
+        <v>69.38</v>
       </c>
       <c r="K3" s="5">
-        <v>34.61</v>
+        <v>34.69</v>
       </c>
     </row>
     <row r="4" ht="80" customHeight="true">
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>7</v>
       </c>
       <c r="H4" s="2">
         <v>1030</v>
       </c>
       <c r="I4" s="5">
-        <v>115.29</v>
+        <v>115.56</v>
       </c>
       <c r="J4" s="5">
-        <v>149.31</v>
+        <v>149.67</v>
       </c>
       <c r="K4" s="5">
-        <v>21.33</v>
+        <v>21.38</v>
       </c>
     </row>
     <row r="5" ht="80" customHeight="true">
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2">
         <v>7</v>
       </c>
       <c r="H5" s="2">
         <v>1569</v>
       </c>
       <c r="I5" s="5">
-        <v>165.14</v>
+        <v>165.54</v>
       </c>
       <c r="J5" s="5">
-        <v>213.86</v>
+        <v>214.37</v>
       </c>
       <c r="K5" s="5">
-        <v>30.55</v>
+        <v>30.62</v>
       </c>
     </row>
     <row r="6" ht="80" customHeight="true">
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="2">
         <v>5</v>
       </c>
       <c r="H6" s="2">
         <v>889</v>
       </c>
       <c r="I6" s="5">
-        <v>120.79</v>
+        <v>121.08</v>
       </c>
       <c r="J6" s="5">
-        <v>111.72</v>
+        <v>111.99</v>
       </c>
       <c r="K6" s="5">
-        <v>22.34</v>
+        <v>22.4</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>10</v>
       </c>
       <c r="H7" s="2">
         <v>1078</v>
       </c>
       <c r="I7" s="5">
-        <v>134.95</v>
+        <v>135.27</v>
       </c>
       <c r="J7" s="5">
-        <v>249.65</v>
+        <v>250.24</v>
       </c>
       <c r="K7" s="5">
-        <v>24.97</v>
+        <v>25.02</v>
       </c>
     </row>
     <row r="8" ht="80" customHeight="true">
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
         <v>5</v>
       </c>
       <c r="H8" s="2">
         <v>1060</v>
       </c>
       <c r="I8" s="5">
-        <v>143.98</v>
+        <v>144.32</v>
       </c>
       <c r="J8" s="5">
-        <v>133.18</v>
+        <v>133.5</v>
       </c>
       <c r="K8" s="5">
-        <v>26.64</v>
+        <v>26.7</v>
       </c>
     </row>
     <row r="9" ht="80" customHeight="true">
       <c r="B9" s="2"/>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="2">
         <v>2</v>
       </c>
       <c r="H9" s="2">
         <v>1202</v>
       </c>
       <c r="I9" s="5">
-        <v>120.37</v>
+        <v>120.66</v>
       </c>
       <c r="J9" s="5">
-        <v>44.52</v>
+        <v>44.63</v>
       </c>
       <c r="K9" s="5">
-        <v>22.26</v>
+        <v>22.32</v>
       </c>
     </row>
     <row r="10">
       <c r="B10" s="2"/>
       <c r="C10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="2">
         <v>4</v>
       </c>
       <c r="H10" s="2">
         <v>1560</v>
       </c>
       <c r="I10" s="5">
-        <v>141.16</v>
+        <v>141.5</v>
       </c>
       <c r="J10" s="5">
-        <v>104.45</v>
+        <v>104.7</v>
       </c>
       <c r="K10" s="5">
-        <v>26.11</v>
+        <v>26.18</v>
       </c>
     </row>
     <row r="11" ht="80" customHeight="true">
       <c r="B11" s="2"/>
       <c r="C11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>29</v>
       </c>
       <c r="G11" s="2">
         <v>2</v>
       </c>
       <c r="H11" s="2">
         <v>1669</v>
       </c>
       <c r="I11" s="5">
-        <v>187.03</v>
+        <v>187.47</v>
       </c>
       <c r="J11" s="5">
-        <v>69.22</v>
+        <v>69.38</v>
       </c>
       <c r="K11" s="5">
-        <v>34.61</v>
+        <v>34.69</v>
       </c>
     </row>
     <row r="12" ht="80" customHeight="true">
       <c r="B12" s="2"/>
       <c r="C12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="G12" s="2">
         <v>2</v>
       </c>
       <c r="H12" s="2">
         <v>1692</v>
       </c>
       <c r="I12" s="5">
-        <v>158.97</v>
+        <v>159.35</v>
       </c>
       <c r="J12" s="5">
-        <v>58.8</v>
+        <v>58.94</v>
       </c>
       <c r="K12" s="5">
-        <v>29.4</v>
+        <v>29.47</v>
       </c>
     </row>
     <row r="13" ht="80" customHeight="true">
       <c r="B13" s="2"/>
       <c r="C13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>33</v>
       </c>
       <c r="G13" s="2">
         <v>3</v>
       </c>
       <c r="H13" s="2">
         <v>1860</v>
       </c>
       <c r="I13" s="5">
-        <v>187.03</v>
+        <v>187.47</v>
       </c>
       <c r="J13" s="5">
-        <v>103.78</v>
+        <v>104.03</v>
       </c>
       <c r="K13" s="5">
-        <v>34.59</v>
+        <v>34.68</v>
       </c>
     </row>
     <row r="14" ht="80" customHeight="true">
       <c r="B14" s="2"/>
       <c r="C14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>35</v>
       </c>
       <c r="G14" s="2">
         <v>2</v>
       </c>
       <c r="H14" s="2">
         <v>1950</v>
       </c>
       <c r="I14" s="5">
-        <v>243.47</v>
+        <v>244.05</v>
       </c>
       <c r="J14" s="5">
-        <v>90.09</v>
+        <v>90.3</v>
       </c>
       <c r="K14" s="5">
-        <v>45.05</v>
+        <v>45.15</v>
       </c>
     </row>
     <row r="15" ht="80" customHeight="true">
       <c r="B15" s="2"/>
       <c r="C15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>37</v>
       </c>
       <c r="G15" s="2">
         <v>4</v>
       </c>
       <c r="H15" s="2">
         <v>1960</v>
       </c>
       <c r="I15" s="5">
-        <v>239.95</v>
+        <v>240.52</v>
       </c>
       <c r="J15" s="5">
-        <v>177.58</v>
+        <v>178</v>
       </c>
       <c r="K15" s="5">
-        <v>44.4</v>
+        <v>44.5</v>
       </c>
     </row>
     <row r="16" ht="80" customHeight="true">
       <c r="B16" s="2"/>
       <c r="C16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>39</v>
       </c>
       <c r="G16" s="2">
         <v>1</v>
       </c>
       <c r="H16" s="2">
         <v>1728</v>
       </c>
       <c r="I16" s="5">
-        <v>199.63</v>
+        <v>200.1</v>
       </c>
       <c r="J16" s="5">
-        <v>36.92</v>
+        <v>37.01</v>
       </c>
       <c r="K16" s="5">
-        <v>36.92</v>
+        <v>37.01</v>
       </c>
     </row>
     <row r="17">
       <c r="G17" s="2" t="str">
         <f>SUM(G3:G16)</f>
       </c>
       <c r="H17" s="2" t="str">
         <f>SUM(H3:H16)</f>
       </c>
       <c r="I17" s="5" t="str">
         <f>SUM(I3:I16)</f>
       </c>
       <c r="J17" s="5" t="str">
         <f>SUM(J3:J16)</f>
       </c>
       <c r="K17" s="5" t="str">
         <f>SUM(K3:K16)</f>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="E4" r:id="rId4"/>
     <hyperlink ref="F4" r:id="rId5"/>