--- v0 (2026-01-29)
+++ v1 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="wmz" ContentType="image/x-wmz"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="svg" ContentType="image/svg"/>
   <Default Extension="emz" ContentType="image/x-emz"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
-  <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="svg" ContentType="image/svg"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
-[...2 lines deleted...]
-  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -5862,4257 +5862,4257 @@
       <c r="K2" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" ht="80" customHeight="true">
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="2">
         <v>1</v>
       </c>
       <c r="H3" s="2">
         <v>100</v>
       </c>
       <c r="I3" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J3" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
       <c r="K3" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
     </row>
     <row r="4" ht="80" customHeight="true">
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>1</v>
       </c>
       <c r="H4" s="2">
         <v>1090</v>
       </c>
       <c r="I4" s="5">
-        <v>119.94</v>
+        <v>120.23</v>
       </c>
       <c r="J4" s="5">
-        <v>9.6</v>
+        <v>9.62</v>
       </c>
       <c r="K4" s="5">
-        <v>9.6</v>
+        <v>9.62</v>
       </c>
     </row>
     <row r="5" ht="80" customHeight="true">
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2">
         <v>2</v>
       </c>
       <c r="H5" s="2">
         <v>59</v>
       </c>
       <c r="I5" s="5">
-        <v>43.36</v>
+        <v>43.47</v>
       </c>
       <c r="J5" s="5">
-        <v>6.95</v>
+        <v>6.96</v>
       </c>
       <c r="K5" s="5">
         <v>3.48</v>
       </c>
     </row>
     <row r="6" ht="80" customHeight="true">
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="2">
         <v>2</v>
       </c>
       <c r="H6" s="2">
         <v>420</v>
       </c>
       <c r="I6" s="5">
-        <v>41.72</v>
+        <v>41.82</v>
       </c>
       <c r="J6" s="5">
-        <v>6.69</v>
+        <v>6.71</v>
       </c>
       <c r="K6" s="5">
-        <v>3.35</v>
+        <v>3.36</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>2</v>
       </c>
       <c r="H7" s="2">
         <v>23</v>
       </c>
       <c r="I7" s="5">
-        <v>42.1</v>
+        <v>42.2</v>
       </c>
       <c r="J7" s="5">
-        <v>6.74</v>
+        <v>6.75</v>
       </c>
       <c r="K7" s="5">
-        <v>3.37</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="8" ht="80" customHeight="true">
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
         <v>6</v>
       </c>
       <c r="H8" s="2">
         <v>60</v>
       </c>
       <c r="I8" s="5">
-        <v>31.53</v>
+        <v>31.61</v>
       </c>
       <c r="J8" s="5">
-        <v>15.16</v>
+        <v>15.19</v>
       </c>
       <c r="K8" s="5">
         <v>2.53</v>
       </c>
     </row>
     <row r="9" ht="80" customHeight="true">
       <c r="B9" s="2"/>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="2">
         <v>3</v>
       </c>
       <c r="H9" s="2">
         <v>160</v>
       </c>
       <c r="I9" s="5">
-        <v>34.48</v>
+        <v>34.56</v>
       </c>
       <c r="J9" s="5">
-        <v>8.29</v>
+        <v>8.31</v>
       </c>
       <c r="K9" s="5">
-        <v>2.76</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="10" ht="80" customHeight="true">
       <c r="B10" s="2"/>
       <c r="C10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="2">
         <v>1</v>
       </c>
       <c r="H10" s="2">
         <v>220</v>
       </c>
       <c r="I10" s="5">
-        <v>137.92</v>
+        <v>138.25</v>
       </c>
       <c r="J10" s="5">
-        <v>11.03</v>
+        <v>11.06</v>
       </c>
       <c r="K10" s="5">
-        <v>11.03</v>
+        <v>11.06</v>
       </c>
     </row>
     <row r="11" ht="80" customHeight="true">
       <c r="B11" s="2"/>
       <c r="C11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>29</v>
       </c>
       <c r="G11" s="2">
         <v>1</v>
       </c>
       <c r="H11" s="2">
         <v>600</v>
       </c>
       <c r="I11" s="5">
-        <v>111.35</v>
+        <v>111.62</v>
       </c>
       <c r="J11" s="5">
-        <v>8.93</v>
+        <v>8.95</v>
       </c>
       <c r="K11" s="5">
-        <v>8.93</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="12" ht="80" customHeight="true">
       <c r="B12" s="2"/>
       <c r="C12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="G12" s="2">
         <v>1</v>
       </c>
       <c r="H12" s="2">
         <v>20</v>
       </c>
       <c r="I12" s="5">
-        <v>24.71</v>
+        <v>24.77</v>
       </c>
       <c r="J12" s="5">
         <v>1.98</v>
       </c>
       <c r="K12" s="5">
         <v>1.98</v>
       </c>
     </row>
     <row r="13" ht="80" customHeight="true">
       <c r="B13" s="2"/>
       <c r="C13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>33</v>
       </c>
       <c r="G13" s="2">
         <v>1</v>
       </c>
       <c r="H13" s="2">
         <v>20</v>
       </c>
       <c r="I13" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J13" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
       <c r="K13" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
     </row>
     <row r="14" ht="80" customHeight="true">
       <c r="B14" s="2"/>
       <c r="C14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>35</v>
       </c>
       <c r="G14" s="2">
         <v>1</v>
       </c>
       <c r="H14" s="2">
         <v>21</v>
       </c>
       <c r="I14" s="5">
-        <v>21.18</v>
+        <v>21.23</v>
       </c>
       <c r="J14" s="5">
-        <v>1.68</v>
+        <v>1.69</v>
       </c>
       <c r="K14" s="5">
-        <v>1.68</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="15" ht="80" customHeight="true">
       <c r="B15" s="2"/>
       <c r="C15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>37</v>
       </c>
       <c r="G15" s="2">
         <v>1</v>
       </c>
       <c r="H15" s="2">
         <v>21</v>
       </c>
       <c r="I15" s="5">
-        <v>22.14</v>
+        <v>22.2</v>
       </c>
       <c r="J15" s="5">
         <v>1.77</v>
       </c>
       <c r="K15" s="5">
         <v>1.77</v>
       </c>
     </row>
     <row r="16" ht="80" customHeight="true">
       <c r="B16" s="2"/>
       <c r="C16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>39</v>
       </c>
       <c r="G16" s="2">
         <v>1</v>
       </c>
       <c r="H16" s="2">
         <v>21</v>
       </c>
       <c r="I16" s="5">
-        <v>22.14</v>
+        <v>22.2</v>
       </c>
       <c r="J16" s="5">
         <v>1.77</v>
       </c>
       <c r="K16" s="5">
         <v>1.77</v>
       </c>
     </row>
     <row r="17" ht="80" customHeight="true">
       <c r="B17" s="2"/>
       <c r="C17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>41</v>
       </c>
       <c r="G17" s="2">
         <v>1</v>
       </c>
       <c r="H17" s="2">
         <v>21</v>
       </c>
       <c r="I17" s="5">
-        <v>22.1</v>
+        <v>22.15</v>
       </c>
       <c r="J17" s="5">
         <v>1.77</v>
       </c>
       <c r="K17" s="5">
         <v>1.77</v>
       </c>
     </row>
     <row r="18" ht="80" customHeight="true">
       <c r="B18" s="2"/>
       <c r="C18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G18" s="2">
         <v>1</v>
       </c>
       <c r="H18" s="2">
         <v>21</v>
       </c>
       <c r="I18" s="5">
-        <v>21.18</v>
+        <v>21.23</v>
       </c>
       <c r="J18" s="5">
-        <v>1.68</v>
+        <v>1.69</v>
       </c>
       <c r="K18" s="5">
-        <v>1.68</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="19" ht="80" customHeight="true">
       <c r="B19" s="2"/>
       <c r="C19" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>45</v>
       </c>
       <c r="G19" s="2">
         <v>1</v>
       </c>
       <c r="H19" s="2">
         <v>21</v>
       </c>
       <c r="I19" s="5">
-        <v>22.1</v>
+        <v>22.15</v>
       </c>
       <c r="J19" s="5">
         <v>1.77</v>
       </c>
       <c r="K19" s="5">
         <v>1.77</v>
       </c>
     </row>
     <row r="20" ht="80" customHeight="true">
       <c r="B20" s="2"/>
       <c r="C20" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>45</v>
       </c>
       <c r="G20" s="2">
         <v>1</v>
       </c>
       <c r="H20" s="2">
         <v>21</v>
       </c>
       <c r="I20" s="5">
-        <v>22.1</v>
+        <v>22.15</v>
       </c>
       <c r="J20" s="5">
         <v>1.77</v>
       </c>
       <c r="K20" s="5">
         <v>1.77</v>
       </c>
     </row>
     <row r="21" ht="80" customHeight="true">
       <c r="B21" s="2"/>
       <c r="C21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G21" s="2">
         <v>1</v>
       </c>
       <c r="H21" s="2">
         <v>380</v>
       </c>
       <c r="I21" s="5">
-        <v>148.57</v>
+        <v>148.92</v>
       </c>
       <c r="J21" s="5">
-        <v>11.87</v>
+        <v>11.9</v>
       </c>
       <c r="K21" s="5">
-        <v>11.87</v>
+        <v>11.9</v>
       </c>
     </row>
     <row r="22" ht="80" customHeight="true">
       <c r="B22" s="2"/>
       <c r="C22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>50</v>
       </c>
       <c r="G22" s="2">
         <v>1</v>
       </c>
       <c r="H22" s="2">
         <v>317</v>
       </c>
       <c r="I22" s="5">
-        <v>95.48</v>
+        <v>95.71</v>
       </c>
       <c r="J22" s="5">
-        <v>7.62</v>
+        <v>7.64</v>
       </c>
       <c r="K22" s="5">
-        <v>7.62</v>
+        <v>7.64</v>
       </c>
     </row>
     <row r="23" ht="80" customHeight="true">
       <c r="B23" s="2"/>
       <c r="C23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="G23" s="2">
         <v>1</v>
       </c>
       <c r="H23" s="2">
         <v>810</v>
       </c>
       <c r="I23" s="5">
-        <v>131.1</v>
+        <v>131.41</v>
       </c>
       <c r="J23" s="5">
-        <v>10.48</v>
+        <v>10.51</v>
       </c>
       <c r="K23" s="5">
-        <v>10.48</v>
+        <v>10.51</v>
       </c>
     </row>
     <row r="24" ht="80" customHeight="true">
       <c r="B24" s="2"/>
       <c r="C24" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>54</v>
       </c>
       <c r="G24" s="2">
         <v>1</v>
       </c>
       <c r="H24" s="2">
         <v>1361</v>
       </c>
       <c r="I24" s="5">
-        <v>166.63</v>
+        <v>167.03</v>
       </c>
       <c r="J24" s="5">
-        <v>13.35</v>
+        <v>13.38</v>
       </c>
       <c r="K24" s="5">
-        <v>13.35</v>
+        <v>13.38</v>
       </c>
     </row>
     <row r="25" ht="80" customHeight="true">
       <c r="B25" s="2"/>
       <c r="C25" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>56</v>
       </c>
       <c r="G25" s="2">
         <v>1</v>
       </c>
       <c r="H25" s="2">
         <v>730</v>
       </c>
       <c r="I25" s="5">
-        <v>119.86</v>
+        <v>120.14</v>
       </c>
       <c r="J25" s="5">
-        <v>9.6</v>
+        <v>9.62</v>
       </c>
       <c r="K25" s="5">
-        <v>9.6</v>
+        <v>9.62</v>
       </c>
     </row>
     <row r="26" ht="80" customHeight="true">
       <c r="B26" s="2"/>
       <c r="C26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>58</v>
       </c>
       <c r="G26" s="2">
         <v>1</v>
       </c>
       <c r="H26" s="2">
         <v>670</v>
       </c>
       <c r="I26" s="5">
-        <v>141.46</v>
+        <v>141.79</v>
       </c>
       <c r="J26" s="5">
-        <v>11.32</v>
+        <v>11.35</v>
       </c>
       <c r="K26" s="5">
-        <v>11.32</v>
+        <v>11.35</v>
       </c>
     </row>
     <row r="27" ht="80" customHeight="true">
       <c r="B27" s="2"/>
       <c r="C27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>60</v>
       </c>
       <c r="G27" s="2">
         <v>2</v>
       </c>
       <c r="H27" s="2">
         <v>860</v>
       </c>
       <c r="I27" s="5">
-        <v>166.25</v>
+        <v>166.65</v>
       </c>
       <c r="J27" s="5">
-        <v>26.61</v>
+        <v>26.67</v>
       </c>
       <c r="K27" s="5">
-        <v>13.31</v>
+        <v>13.34</v>
       </c>
     </row>
     <row r="28" ht="80" customHeight="true">
       <c r="B28" s="2"/>
       <c r="C28" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>62</v>
       </c>
       <c r="G28" s="2">
         <v>1</v>
       </c>
       <c r="H28" s="2">
         <v>320</v>
       </c>
       <c r="I28" s="5">
-        <v>153.62</v>
+        <v>153.99</v>
       </c>
       <c r="J28" s="5">
-        <v>12.29</v>
+        <v>12.32</v>
       </c>
       <c r="K28" s="5">
-        <v>12.29</v>
+        <v>12.32</v>
       </c>
     </row>
     <row r="29" ht="80" customHeight="true">
       <c r="B29" s="2"/>
       <c r="C29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G29" s="2">
         <v>2</v>
       </c>
       <c r="H29" s="2">
         <v>1070</v>
       </c>
       <c r="I29" s="5">
-        <v>86.22</v>
+        <v>86.43</v>
       </c>
       <c r="J29" s="5">
-        <v>13.81</v>
+        <v>13.84</v>
       </c>
       <c r="K29" s="5">
-        <v>6.91</v>
+        <v>6.92</v>
       </c>
     </row>
     <row r="30" ht="80" customHeight="true">
       <c r="B30" s="2"/>
       <c r="C30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>66</v>
       </c>
       <c r="G30" s="2">
         <v>2</v>
       </c>
       <c r="H30" s="2">
         <v>550</v>
       </c>
       <c r="I30" s="5">
-        <v>108.2</v>
+        <v>108.45</v>
       </c>
       <c r="J30" s="5">
-        <v>17.3</v>
+        <v>17.34</v>
       </c>
       <c r="K30" s="5">
-        <v>8.65</v>
+        <v>8.67</v>
       </c>
     </row>
     <row r="31" ht="80" customHeight="true">
       <c r="B31" s="2"/>
       <c r="C31" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>68</v>
       </c>
       <c r="G31" s="2">
         <v>2</v>
       </c>
       <c r="H31" s="2">
         <v>600</v>
       </c>
       <c r="I31" s="5">
-        <v>104.32</v>
+        <v>104.57</v>
       </c>
       <c r="J31" s="5">
-        <v>16.67</v>
+        <v>16.71</v>
       </c>
       <c r="K31" s="5">
-        <v>8.34</v>
+        <v>8.36</v>
       </c>
     </row>
     <row r="32" ht="80" customHeight="true">
       <c r="B32" s="2"/>
       <c r="C32" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>70</v>
       </c>
       <c r="G32" s="2">
         <v>1</v>
       </c>
       <c r="H32" s="2">
         <v>580</v>
       </c>
       <c r="I32" s="5">
-        <v>105.21</v>
+        <v>105.46</v>
       </c>
       <c r="J32" s="5">
-        <v>8.42</v>
+        <v>8.44</v>
       </c>
       <c r="K32" s="5">
-        <v>8.42</v>
+        <v>8.44</v>
       </c>
     </row>
     <row r="33" ht="80" customHeight="true">
       <c r="B33" s="2"/>
       <c r="C33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>72</v>
       </c>
       <c r="G33" s="2">
         <v>1</v>
       </c>
       <c r="H33" s="2">
         <v>340</v>
       </c>
       <c r="I33" s="5">
-        <v>95.48</v>
+        <v>95.71</v>
       </c>
       <c r="J33" s="5">
-        <v>7.62</v>
+        <v>7.64</v>
       </c>
       <c r="K33" s="5">
-        <v>7.62</v>
+        <v>7.64</v>
       </c>
     </row>
     <row r="34" ht="80" customHeight="true">
       <c r="B34" s="2"/>
       <c r="C34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>74</v>
       </c>
       <c r="G34" s="2">
         <v>1</v>
       </c>
       <c r="H34" s="2">
         <v>450</v>
       </c>
       <c r="I34" s="5">
-        <v>84.62</v>
+        <v>84.82</v>
       </c>
       <c r="J34" s="5">
-        <v>6.78</v>
+        <v>6.79</v>
       </c>
       <c r="K34" s="5">
-        <v>6.78</v>
+        <v>6.79</v>
       </c>
     </row>
     <row r="35" ht="80" customHeight="true">
       <c r="B35" s="2"/>
       <c r="C35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>76</v>
       </c>
       <c r="G35" s="2">
         <v>1</v>
       </c>
       <c r="H35" s="2">
         <v>240</v>
       </c>
       <c r="I35" s="5">
-        <v>73.89</v>
+        <v>74.06</v>
       </c>
       <c r="J35" s="5">
-        <v>5.89</v>
+        <v>5.91</v>
       </c>
       <c r="K35" s="5">
-        <v>5.89</v>
+        <v>5.91</v>
       </c>
     </row>
     <row r="36" ht="80" customHeight="true">
       <c r="B36" s="2"/>
       <c r="C36" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>78</v>
       </c>
       <c r="G36" s="2">
         <v>1</v>
       </c>
       <c r="H36" s="2">
         <v>160</v>
       </c>
       <c r="I36" s="5">
-        <v>31.79</v>
+        <v>31.86</v>
       </c>
       <c r="J36" s="5">
         <v>2.53</v>
       </c>
       <c r="K36" s="5">
         <v>2.53</v>
       </c>
     </row>
     <row r="37" ht="80" customHeight="true">
       <c r="B37" s="2"/>
       <c r="C37" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>80</v>
       </c>
       <c r="G37" s="2">
         <v>2</v>
       </c>
       <c r="H37" s="2">
         <v>50</v>
       </c>
       <c r="I37" s="5">
-        <v>29.89</v>
+        <v>29.96</v>
       </c>
       <c r="J37" s="5">
-        <v>4.8</v>
+        <v>4.81</v>
       </c>
       <c r="K37" s="5">
         <v>2.4</v>
       </c>
     </row>
     <row r="38" ht="80" customHeight="true">
       <c r="B38" s="2"/>
       <c r="C38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>82</v>
       </c>
       <c r="G38" s="2">
         <v>1</v>
       </c>
       <c r="H38" s="2">
         <v>510</v>
       </c>
       <c r="I38" s="5">
-        <v>106.09</v>
+        <v>106.34</v>
       </c>
       <c r="J38" s="5">
-        <v>8.5</v>
+        <v>8.52</v>
       </c>
       <c r="K38" s="5">
-        <v>8.5</v>
+        <v>8.52</v>
       </c>
     </row>
     <row r="39" ht="80" customHeight="true">
       <c r="B39" s="2"/>
       <c r="C39" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>84</v>
       </c>
       <c r="G39" s="2">
         <v>1</v>
       </c>
       <c r="H39" s="2">
         <v>1170</v>
       </c>
       <c r="I39" s="5">
-        <v>157.83</v>
+        <v>158.21</v>
       </c>
       <c r="J39" s="5">
-        <v>12.63</v>
+        <v>12.66</v>
       </c>
       <c r="K39" s="5">
-        <v>12.63</v>
+        <v>12.66</v>
       </c>
     </row>
     <row r="40" ht="80" customHeight="true">
       <c r="B40" s="2"/>
       <c r="C40" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>86</v>
       </c>
       <c r="G40" s="2">
         <v>1</v>
       </c>
       <c r="H40" s="2">
         <v>100</v>
       </c>
       <c r="I40" s="5">
-        <v>66.05</v>
+        <v>66.21</v>
       </c>
       <c r="J40" s="5">
-        <v>5.3</v>
+        <v>5.32</v>
       </c>
       <c r="K40" s="5">
-        <v>5.3</v>
+        <v>5.32</v>
       </c>
     </row>
     <row r="41" ht="80" customHeight="true">
       <c r="B41" s="2"/>
       <c r="C41" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>88</v>
       </c>
       <c r="G41" s="2">
         <v>1</v>
       </c>
       <c r="H41" s="2">
         <v>1050</v>
       </c>
       <c r="I41" s="5">
-        <v>123.77</v>
+        <v>124.07</v>
       </c>
       <c r="J41" s="5">
-        <v>9.89</v>
+        <v>9.92</v>
       </c>
       <c r="K41" s="5">
-        <v>9.89</v>
+        <v>9.92</v>
       </c>
     </row>
     <row r="42" ht="80" customHeight="true">
       <c r="B42" s="2"/>
       <c r="C42" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G42" s="2">
         <v>1</v>
       </c>
       <c r="H42" s="2">
         <v>1160</v>
       </c>
       <c r="I42" s="5">
-        <v>130.85</v>
+        <v>131.16</v>
       </c>
       <c r="J42" s="5">
-        <v>10.48</v>
+        <v>10.51</v>
       </c>
       <c r="K42" s="5">
-        <v>10.48</v>
+        <v>10.51</v>
       </c>
     </row>
     <row r="43" ht="80" customHeight="true">
       <c r="B43" s="2"/>
       <c r="C43" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>92</v>
       </c>
       <c r="G43" s="2">
         <v>1</v>
       </c>
       <c r="H43" s="2">
         <v>430</v>
       </c>
       <c r="I43" s="5">
-        <v>87.15</v>
+        <v>87.35</v>
       </c>
       <c r="J43" s="5">
-        <v>6.99</v>
+        <v>7.01</v>
       </c>
       <c r="K43" s="5">
-        <v>6.99</v>
+        <v>7.01</v>
       </c>
     </row>
     <row r="44" ht="80" customHeight="true">
       <c r="B44" s="2"/>
       <c r="C44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>94</v>
       </c>
       <c r="G44" s="2">
         <v>25</v>
       </c>
       <c r="H44" s="2">
         <v>140</v>
       </c>
       <c r="I44" s="5">
-        <v>42.06</v>
+        <v>42.16</v>
       </c>
       <c r="J44" s="5">
-        <v>84.12</v>
+        <v>84.32</v>
       </c>
       <c r="K44" s="5">
-        <v>3.36</v>
+        <v>3.37</v>
       </c>
     </row>
     <row r="45" ht="80" customHeight="true">
       <c r="B45" s="2"/>
       <c r="C45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>96</v>
       </c>
       <c r="G45" s="2">
         <v>16</v>
       </c>
       <c r="H45" s="2">
         <v>98</v>
       </c>
       <c r="I45" s="5">
-        <v>21.18</v>
+        <v>21.23</v>
       </c>
       <c r="J45" s="5">
-        <v>27.11</v>
+        <v>27.18</v>
       </c>
       <c r="K45" s="5">
-        <v>1.69</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="46" ht="80" customHeight="true">
       <c r="B46" s="2"/>
       <c r="C46" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>98</v>
       </c>
       <c r="G46" s="2">
         <v>1</v>
       </c>
       <c r="H46" s="2">
         <v>430</v>
       </c>
       <c r="I46" s="5">
-        <v>99.02</v>
+        <v>99.25</v>
       </c>
       <c r="J46" s="5">
-        <v>7.91</v>
+        <v>7.93</v>
       </c>
       <c r="K46" s="5">
-        <v>7.91</v>
+        <v>7.93</v>
       </c>
     </row>
     <row r="47" ht="80" customHeight="true">
       <c r="B47" s="2"/>
       <c r="C47" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>100</v>
       </c>
       <c r="G47" s="2">
         <v>2</v>
       </c>
       <c r="H47" s="2">
         <v>38</v>
       </c>
       <c r="I47" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J47" s="5">
-        <v>9.43</v>
+        <v>9.45</v>
       </c>
       <c r="K47" s="5">
         <v>4.72</v>
       </c>
     </row>
     <row r="48" ht="80" customHeight="true">
       <c r="B48" s="2"/>
       <c r="C48" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>102</v>
       </c>
       <c r="G48" s="2">
         <v>2</v>
       </c>
       <c r="H48" s="2">
         <v>900</v>
       </c>
       <c r="I48" s="5">
-        <v>38.56</v>
+        <v>38.66</v>
       </c>
       <c r="J48" s="5">
-        <v>6.19</v>
+        <v>6.2</v>
       </c>
       <c r="K48" s="5">
         <v>3.1</v>
       </c>
     </row>
     <row r="49" ht="80" customHeight="true">
       <c r="B49" s="2"/>
       <c r="C49" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="F49" s="4" t="s">
         <v>104</v>
       </c>
       <c r="G49" s="2">
         <v>1</v>
       </c>
       <c r="H49" s="2">
         <v>1100</v>
       </c>
       <c r="I49" s="5">
-        <v>127.31</v>
+        <v>127.61</v>
       </c>
       <c r="J49" s="5">
-        <v>10.19</v>
+        <v>10.21</v>
       </c>
       <c r="K49" s="5">
-        <v>10.19</v>
+        <v>10.21</v>
       </c>
     </row>
     <row r="50" ht="80" customHeight="true">
       <c r="B50" s="2"/>
       <c r="C50" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F50" s="4" t="s">
         <v>106</v>
       </c>
       <c r="G50" s="2">
         <v>2</v>
       </c>
       <c r="H50" s="2">
         <v>120</v>
       </c>
       <c r="I50" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J50" s="5">
-        <v>9.43</v>
+        <v>9.45</v>
       </c>
       <c r="K50" s="5">
         <v>4.72</v>
       </c>
     </row>
     <row r="51" ht="80" customHeight="true">
       <c r="B51" s="2"/>
       <c r="C51" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="F51" s="4" t="s">
         <v>108</v>
       </c>
       <c r="G51" s="2">
         <v>8</v>
       </c>
       <c r="H51" s="2">
         <v>110</v>
       </c>
       <c r="I51" s="5">
-        <v>31.79</v>
+        <v>31.86</v>
       </c>
       <c r="J51" s="5">
-        <v>20.33</v>
+        <v>20.38</v>
       </c>
       <c r="K51" s="5">
-        <v>2.54</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="52" ht="80" customHeight="true">
       <c r="B52" s="2"/>
       <c r="C52" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="F52" s="4" t="s">
         <v>110</v>
       </c>
       <c r="G52" s="2">
         <v>1</v>
       </c>
       <c r="H52" s="2">
         <v>60</v>
       </c>
       <c r="I52" s="5">
-        <v>141.5</v>
+        <v>141.83</v>
       </c>
       <c r="J52" s="5">
-        <v>11.32</v>
+        <v>11.35</v>
       </c>
       <c r="K52" s="5">
-        <v>11.32</v>
+        <v>11.35</v>
       </c>
     </row>
     <row r="53" ht="80" customHeight="true">
       <c r="B53" s="2"/>
       <c r="C53" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="F53" s="4" t="s">
         <v>112</v>
       </c>
       <c r="G53" s="2">
         <v>1</v>
       </c>
       <c r="H53" s="2">
         <v>170</v>
       </c>
       <c r="I53" s="5">
-        <v>67.36</v>
+        <v>67.52</v>
       </c>
       <c r="J53" s="5">
-        <v>5.39</v>
+        <v>5.4</v>
       </c>
       <c r="K53" s="5">
-        <v>5.39</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="54" ht="80" customHeight="true">
       <c r="B54" s="2"/>
       <c r="C54" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F54" s="4" t="s">
         <v>114</v>
       </c>
       <c r="G54" s="2">
         <v>4</v>
       </c>
       <c r="H54" s="2">
         <v>210</v>
       </c>
       <c r="I54" s="5">
-        <v>36.92</v>
+        <v>37.01</v>
       </c>
       <c r="J54" s="5">
-        <v>11.83</v>
+        <v>11.86</v>
       </c>
       <c r="K54" s="5">
-        <v>2.96</v>
+        <v>2.97</v>
       </c>
     </row>
     <row r="55" ht="80" customHeight="true">
       <c r="B55" s="2"/>
       <c r="C55" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="F55" s="4" t="s">
         <v>116</v>
       </c>
       <c r="G55" s="2">
         <v>3</v>
       </c>
       <c r="H55" s="2">
         <v>80</v>
       </c>
       <c r="I55" s="5">
-        <v>27.91</v>
+        <v>27.98</v>
       </c>
       <c r="J55" s="5">
-        <v>6.69</v>
+        <v>6.71</v>
       </c>
       <c r="K55" s="5">
-        <v>2.23</v>
+        <v>2.24</v>
       </c>
     </row>
     <row r="56" ht="80" customHeight="true">
       <c r="B56" s="2"/>
       <c r="C56" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="F56" s="4" t="s">
         <v>118</v>
       </c>
       <c r="G56" s="2">
         <v>1</v>
       </c>
       <c r="H56" s="2">
         <v>670</v>
       </c>
       <c r="I56" s="5">
-        <v>88.58</v>
+        <v>88.79</v>
       </c>
       <c r="J56" s="5">
-        <v>7.07</v>
+        <v>7.09</v>
       </c>
       <c r="K56" s="5">
-        <v>7.07</v>
+        <v>7.09</v>
       </c>
     </row>
     <row r="57" ht="80" customHeight="true">
       <c r="B57" s="2"/>
       <c r="C57" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="F57" s="4" t="s">
         <v>120</v>
       </c>
       <c r="G57" s="2">
         <v>1</v>
       </c>
       <c r="H57" s="2">
         <v>280</v>
       </c>
       <c r="I57" s="5">
-        <v>88.41</v>
+        <v>88.62</v>
       </c>
       <c r="J57" s="5">
-        <v>7.07</v>
+        <v>7.09</v>
       </c>
       <c r="K57" s="5">
-        <v>7.07</v>
+        <v>7.09</v>
       </c>
     </row>
     <row r="58" ht="80" customHeight="true">
       <c r="B58" s="2"/>
       <c r="C58" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="F58" s="4" t="s">
         <v>122</v>
       </c>
       <c r="G58" s="2">
         <v>1</v>
       </c>
       <c r="H58" s="2">
         <v>136</v>
       </c>
       <c r="I58" s="5">
-        <v>91.95</v>
+        <v>92.16</v>
       </c>
       <c r="J58" s="5">
-        <v>7.37</v>
+        <v>7.39</v>
       </c>
       <c r="K58" s="5">
-        <v>7.37</v>
+        <v>7.39</v>
       </c>
     </row>
     <row r="59" ht="80" customHeight="true">
       <c r="B59" s="2"/>
       <c r="C59" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="F59" s="4" t="s">
         <v>124</v>
       </c>
       <c r="G59" s="2">
         <v>1</v>
       </c>
       <c r="H59" s="2">
         <v>1080</v>
       </c>
       <c r="I59" s="5">
-        <v>70.39</v>
+        <v>70.56</v>
       </c>
       <c r="J59" s="5">
-        <v>5.64</v>
+        <v>5.65</v>
       </c>
       <c r="K59" s="5">
-        <v>5.64</v>
+        <v>5.65</v>
       </c>
     </row>
     <row r="60" ht="80" customHeight="true">
       <c r="B60" s="2"/>
       <c r="C60" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="F60" s="4" t="s">
         <v>126</v>
       </c>
       <c r="G60" s="2">
         <v>8</v>
       </c>
       <c r="H60" s="2">
         <v>75</v>
       </c>
       <c r="I60" s="5">
-        <v>23.32</v>
+        <v>23.38</v>
       </c>
       <c r="J60" s="5">
-        <v>14.95</v>
+        <v>14.98</v>
       </c>
       <c r="K60" s="5">
         <v>1.87</v>
       </c>
     </row>
     <row r="61" ht="80" customHeight="true">
       <c r="B61" s="2"/>
       <c r="C61" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="F61" s="4" t="s">
         <v>128</v>
       </c>
       <c r="G61" s="2">
         <v>1</v>
       </c>
       <c r="H61" s="2">
         <v>670</v>
       </c>
       <c r="I61" s="5">
-        <v>138</v>
+        <v>138.33</v>
       </c>
       <c r="J61" s="5">
-        <v>11.03</v>
+        <v>11.06</v>
       </c>
       <c r="K61" s="5">
-        <v>11.03</v>
+        <v>11.06</v>
       </c>
     </row>
     <row r="62" ht="80" customHeight="true">
       <c r="B62" s="2"/>
       <c r="C62" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="F62" s="4" t="s">
         <v>130</v>
       </c>
       <c r="G62" s="2">
         <v>1</v>
       </c>
       <c r="H62" s="2">
         <v>600</v>
       </c>
       <c r="I62" s="5">
-        <v>138</v>
+        <v>138.33</v>
       </c>
       <c r="J62" s="5">
-        <v>11.03</v>
+        <v>11.06</v>
       </c>
       <c r="K62" s="5">
-        <v>11.03</v>
+        <v>11.06</v>
       </c>
     </row>
     <row r="63" ht="80" customHeight="true">
       <c r="B63" s="2"/>
       <c r="C63" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="F63" s="4" t="s">
         <v>132</v>
       </c>
       <c r="G63" s="2">
         <v>1</v>
       </c>
       <c r="H63" s="2">
         <v>50</v>
       </c>
       <c r="I63" s="5">
-        <v>67.36</v>
+        <v>67.52</v>
       </c>
       <c r="J63" s="5">
-        <v>5.39</v>
+        <v>5.4</v>
       </c>
       <c r="K63" s="5">
-        <v>5.39</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="64" ht="80" customHeight="true">
       <c r="B64" s="2"/>
       <c r="C64" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="F64" s="4" t="s">
         <v>134</v>
       </c>
       <c r="G64" s="2">
         <v>1</v>
       </c>
       <c r="H64" s="2">
         <v>445</v>
       </c>
       <c r="I64" s="5">
-        <v>107.61</v>
+        <v>107.86</v>
       </c>
       <c r="J64" s="5">
-        <v>8.59</v>
+        <v>8.61</v>
       </c>
       <c r="K64" s="5">
-        <v>8.59</v>
+        <v>8.61</v>
       </c>
     </row>
     <row r="65" ht="80" customHeight="true">
       <c r="B65" s="2"/>
       <c r="C65" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F65" s="4" t="s">
         <v>136</v>
       </c>
       <c r="G65" s="2">
         <v>1</v>
       </c>
       <c r="H65" s="2">
         <v>340</v>
       </c>
       <c r="I65" s="5">
-        <v>34.48</v>
+        <v>34.56</v>
       </c>
       <c r="J65" s="5">
-        <v>2.78</v>
+        <v>2.79</v>
       </c>
       <c r="K65" s="5">
-        <v>2.78</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="66" ht="80" customHeight="true">
       <c r="B66" s="2"/>
       <c r="C66" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="F66" s="4" t="s">
         <v>138</v>
       </c>
       <c r="G66" s="2">
         <v>1</v>
       </c>
       <c r="H66" s="2">
         <v>1040</v>
       </c>
       <c r="I66" s="5">
-        <v>92.83</v>
+        <v>93.05</v>
       </c>
       <c r="J66" s="5">
-        <v>7.41</v>
+        <v>7.43</v>
       </c>
       <c r="K66" s="5">
-        <v>7.41</v>
+        <v>7.43</v>
       </c>
     </row>
     <row r="67" ht="80" customHeight="true">
       <c r="B67" s="2"/>
       <c r="C67" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="F67" s="4" t="s">
         <v>140</v>
       </c>
       <c r="G67" s="2">
         <v>2</v>
       </c>
       <c r="H67" s="2">
         <v>180</v>
       </c>
       <c r="I67" s="5">
-        <v>64.24</v>
+        <v>64.4</v>
       </c>
       <c r="J67" s="5">
-        <v>10.27</v>
+        <v>10.3</v>
       </c>
       <c r="K67" s="5">
-        <v>5.14</v>
+        <v>5.15</v>
       </c>
     </row>
     <row r="68" ht="80" customHeight="true">
       <c r="B68" s="2"/>
       <c r="C68" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="F68" s="4" t="s">
         <v>142</v>
       </c>
       <c r="G68" s="2">
         <v>1</v>
       </c>
       <c r="H68" s="2">
         <v>10</v>
       </c>
       <c r="I68" s="5">
-        <v>69.68</v>
+        <v>69.84</v>
       </c>
       <c r="J68" s="5">
-        <v>5.56</v>
+        <v>5.57</v>
       </c>
       <c r="K68" s="5">
-        <v>5.56</v>
+        <v>5.57</v>
       </c>
     </row>
     <row r="69" ht="80" customHeight="true">
       <c r="B69" s="2"/>
       <c r="C69" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="F69" s="4" t="s">
         <v>144</v>
       </c>
       <c r="G69" s="2">
         <v>2</v>
       </c>
       <c r="H69" s="2">
         <v>320</v>
       </c>
       <c r="I69" s="5">
-        <v>88.28</v>
+        <v>88.49</v>
       </c>
       <c r="J69" s="5">
-        <v>14.15</v>
+        <v>14.18</v>
       </c>
       <c r="K69" s="5">
-        <v>7.08</v>
+        <v>7.09</v>
       </c>
     </row>
     <row r="70" ht="80" customHeight="true">
       <c r="B70" s="2"/>
       <c r="C70" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="F70" s="4" t="s">
         <v>146</v>
       </c>
       <c r="G70" s="2">
         <v>1</v>
       </c>
       <c r="H70" s="2">
         <v>80</v>
       </c>
       <c r="I70" s="5">
-        <v>84.2</v>
+        <v>84.4</v>
       </c>
       <c r="J70" s="5">
-        <v>6.74</v>
+        <v>6.75</v>
       </c>
       <c r="K70" s="5">
-        <v>6.74</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="71" ht="80" customHeight="true">
       <c r="B71" s="2"/>
       <c r="C71" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F71" s="4" t="s">
         <v>148</v>
       </c>
       <c r="G71" s="2">
         <v>49</v>
       </c>
       <c r="H71" s="2">
         <v>160</v>
       </c>
       <c r="I71" s="5">
-        <v>24.71</v>
+        <v>24.77</v>
       </c>
       <c r="J71" s="5">
-        <v>96.87</v>
+        <v>97.1</v>
       </c>
       <c r="K71" s="5">
         <v>1.98</v>
       </c>
     </row>
     <row r="72" ht="80" customHeight="true">
       <c r="B72" s="2"/>
       <c r="C72" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="F72" s="4" t="s">
         <v>150</v>
       </c>
       <c r="G72" s="2">
         <v>1</v>
       </c>
       <c r="H72" s="2">
         <v>460</v>
       </c>
       <c r="I72" s="5">
-        <v>107.73</v>
+        <v>107.99</v>
       </c>
       <c r="J72" s="5">
-        <v>8.63</v>
+        <v>8.65</v>
       </c>
       <c r="K72" s="5">
-        <v>8.63</v>
+        <v>8.65</v>
       </c>
     </row>
     <row r="73" ht="80" customHeight="true">
       <c r="B73" s="2"/>
       <c r="C73" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="F73" s="4" t="s">
         <v>152</v>
       </c>
       <c r="G73" s="2">
         <v>1</v>
       </c>
       <c r="H73" s="2">
         <v>385</v>
       </c>
       <c r="I73" s="5">
-        <v>93.13</v>
+        <v>93.35</v>
       </c>
       <c r="J73" s="5">
-        <v>7.45</v>
+        <v>7.47</v>
       </c>
       <c r="K73" s="5">
-        <v>7.45</v>
+        <v>7.47</v>
       </c>
     </row>
     <row r="74" ht="80" customHeight="true">
       <c r="B74" s="2"/>
       <c r="C74" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="F74" s="4" t="s">
         <v>154</v>
       </c>
       <c r="G74" s="2">
         <v>1</v>
       </c>
       <c r="H74" s="2">
         <v>250</v>
       </c>
       <c r="I74" s="5">
-        <v>74.56</v>
+        <v>74.74</v>
       </c>
       <c r="J74" s="5">
-        <v>5.98</v>
+        <v>5.99</v>
       </c>
       <c r="K74" s="5">
-        <v>5.98</v>
+        <v>5.99</v>
       </c>
     </row>
     <row r="75" ht="80" customHeight="true">
       <c r="B75" s="2"/>
       <c r="C75" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="F75" s="4" t="s">
         <v>156</v>
       </c>
       <c r="G75" s="2">
         <v>33</v>
       </c>
       <c r="H75" s="2">
         <v>290</v>
       </c>
       <c r="I75" s="5">
-        <v>24.71</v>
+        <v>24.77</v>
       </c>
       <c r="J75" s="5">
-        <v>65.26</v>
+        <v>65.41</v>
       </c>
       <c r="K75" s="5">
         <v>1.98</v>
       </c>
     </row>
     <row r="76" ht="80" customHeight="true">
       <c r="B76" s="2"/>
       <c r="C76" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="F76" s="4" t="s">
         <v>158</v>
       </c>
       <c r="G76" s="2">
         <v>19</v>
       </c>
       <c r="H76" s="2">
         <v>90</v>
       </c>
       <c r="I76" s="5">
-        <v>49.51</v>
+        <v>49.63</v>
       </c>
       <c r="J76" s="5">
-        <v>75.27</v>
+        <v>75.45</v>
       </c>
       <c r="K76" s="5">
-        <v>3.96</v>
+        <v>3.97</v>
       </c>
     </row>
     <row r="77" ht="80" customHeight="true">
       <c r="B77" s="2"/>
       <c r="C77" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="F77" s="4" t="s">
         <v>160</v>
       </c>
       <c r="G77" s="2">
         <v>9</v>
       </c>
       <c r="H77" s="2">
         <v>185</v>
       </c>
       <c r="I77" s="5">
-        <v>30.65</v>
+        <v>30.72</v>
       </c>
       <c r="J77" s="5">
-        <v>22.06</v>
+        <v>22.11</v>
       </c>
       <c r="K77" s="5">
-        <v>2.45</v>
+        <v>2.46</v>
       </c>
     </row>
     <row r="78" ht="80" customHeight="true">
       <c r="B78" s="2"/>
       <c r="C78" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="F78" s="4" t="s">
         <v>162</v>
       </c>
       <c r="G78" s="2">
         <v>1</v>
       </c>
       <c r="H78" s="2">
         <v>210</v>
       </c>
       <c r="I78" s="5">
-        <v>52.58</v>
+        <v>52.71</v>
       </c>
       <c r="J78" s="5">
-        <v>4.21</v>
+        <v>4.22</v>
       </c>
       <c r="K78" s="5">
-        <v>4.21</v>
+        <v>4.22</v>
       </c>
     </row>
     <row r="79" ht="80" customHeight="true">
       <c r="B79" s="2"/>
       <c r="C79" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="F79" s="4" t="s">
         <v>164</v>
       </c>
       <c r="G79" s="2">
         <v>1</v>
       </c>
       <c r="H79" s="2">
         <v>70</v>
       </c>
       <c r="I79" s="5">
-        <v>34.48</v>
+        <v>34.56</v>
       </c>
       <c r="J79" s="5">
-        <v>2.78</v>
+        <v>2.79</v>
       </c>
       <c r="K79" s="5">
-        <v>2.78</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="80" ht="80" customHeight="true">
       <c r="B80" s="2"/>
       <c r="C80" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="F80" s="4" t="s">
         <v>166</v>
       </c>
       <c r="G80" s="2">
         <v>1</v>
       </c>
       <c r="H80" s="2">
         <v>100</v>
       </c>
       <c r="I80" s="5">
-        <v>44.54</v>
+        <v>44.65</v>
       </c>
       <c r="J80" s="5">
-        <v>3.58</v>
+        <v>3.59</v>
       </c>
       <c r="K80" s="5">
-        <v>3.58</v>
+        <v>3.59</v>
       </c>
     </row>
     <row r="81" ht="80" customHeight="true">
       <c r="B81" s="2"/>
       <c r="C81" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="F81" s="4" t="s">
         <v>168</v>
       </c>
       <c r="G81" s="2">
         <v>4</v>
       </c>
       <c r="H81" s="2">
         <v>190</v>
       </c>
       <c r="I81" s="5">
-        <v>35.32</v>
+        <v>35.41</v>
       </c>
       <c r="J81" s="5">
-        <v>11.28</v>
+        <v>11.31</v>
       </c>
       <c r="K81" s="5">
-        <v>2.82</v>
+        <v>2.83</v>
       </c>
     </row>
     <row r="82" ht="80" customHeight="true">
       <c r="B82" s="2"/>
       <c r="C82" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>169</v>
       </c>
       <c r="F82" s="4" t="s">
         <v>170</v>
       </c>
       <c r="G82" s="2">
         <v>2</v>
       </c>
       <c r="H82" s="2">
         <v>680</v>
       </c>
       <c r="I82" s="5">
-        <v>109.04</v>
+        <v>109.3</v>
       </c>
       <c r="J82" s="5">
-        <v>17.43</v>
+        <v>17.47</v>
       </c>
       <c r="K82" s="5">
-        <v>8.72</v>
+        <v>8.74</v>
       </c>
     </row>
     <row r="83" ht="80" customHeight="true">
       <c r="B83" s="2"/>
       <c r="C83" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F83" s="4" t="s">
         <v>172</v>
       </c>
       <c r="G83" s="2">
         <v>1</v>
       </c>
       <c r="H83" s="2">
         <v>770</v>
       </c>
       <c r="I83" s="5">
-        <v>141.5</v>
+        <v>141.83</v>
       </c>
       <c r="J83" s="5">
-        <v>11.32</v>
+        <v>11.35</v>
       </c>
       <c r="K83" s="5">
-        <v>11.32</v>
+        <v>11.35</v>
       </c>
     </row>
     <row r="84" ht="80" customHeight="true">
       <c r="B84" s="2"/>
       <c r="C84" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>173</v>
       </c>
       <c r="F84" s="4" t="s">
         <v>174</v>
       </c>
       <c r="G84" s="2">
         <v>2</v>
       </c>
       <c r="H84" s="2">
         <v>22</v>
       </c>
       <c r="I84" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J84" s="5">
-        <v>9.43</v>
+        <v>9.45</v>
       </c>
       <c r="K84" s="5">
         <v>4.72</v>
       </c>
     </row>
     <row r="85" ht="80" customHeight="true">
       <c r="B85" s="2"/>
       <c r="C85" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>175</v>
       </c>
       <c r="F85" s="4" t="s">
         <v>176</v>
       </c>
       <c r="G85" s="2">
         <v>3</v>
       </c>
       <c r="H85" s="2">
         <v>35</v>
       </c>
       <c r="I85" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J85" s="5">
-        <v>14.15</v>
+        <v>14.18</v>
       </c>
       <c r="K85" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
     </row>
     <row r="86" ht="80" customHeight="true">
       <c r="B86" s="2"/>
       <c r="C86" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>177</v>
       </c>
       <c r="F86" s="4" t="s">
         <v>178</v>
       </c>
       <c r="G86" s="2">
         <v>3</v>
       </c>
       <c r="H86" s="2">
         <v>200</v>
       </c>
       <c r="I86" s="5">
-        <v>26.35</v>
+        <v>26.42</v>
       </c>
       <c r="J86" s="5">
-        <v>6.31</v>
+        <v>6.33</v>
       </c>
       <c r="K86" s="5">
-        <v>2.1</v>
+        <v>2.11</v>
       </c>
     </row>
     <row r="87" ht="80" customHeight="true">
       <c r="B87" s="2"/>
       <c r="C87" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>179</v>
       </c>
       <c r="F87" s="4" t="s">
         <v>180</v>
       </c>
       <c r="G87" s="2">
         <v>1</v>
       </c>
       <c r="H87" s="2">
         <v>140</v>
       </c>
       <c r="I87" s="5">
-        <v>80.54</v>
+        <v>80.73</v>
       </c>
       <c r="J87" s="5">
-        <v>6.44</v>
+        <v>6.46</v>
       </c>
       <c r="K87" s="5">
-        <v>6.44</v>
+        <v>6.46</v>
       </c>
     </row>
     <row r="88" ht="80" customHeight="true">
       <c r="B88" s="2"/>
       <c r="C88" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>181</v>
       </c>
       <c r="F88" s="4" t="s">
         <v>182</v>
       </c>
       <c r="G88" s="2">
         <v>1</v>
       </c>
       <c r="H88" s="2">
         <v>420</v>
       </c>
       <c r="I88" s="5">
-        <v>92.28</v>
+        <v>92.5</v>
       </c>
       <c r="J88" s="5">
-        <v>7.37</v>
+        <v>7.39</v>
       </c>
       <c r="K88" s="5">
-        <v>7.37</v>
+        <v>7.39</v>
       </c>
     </row>
     <row r="89" ht="80" customHeight="true">
       <c r="B89" s="2"/>
       <c r="C89" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>183</v>
       </c>
       <c r="F89" s="4" t="s">
         <v>184</v>
       </c>
       <c r="G89" s="2">
         <v>4</v>
       </c>
       <c r="H89" s="2">
         <v>125</v>
       </c>
       <c r="I89" s="5">
-        <v>26.69</v>
+        <v>26.75</v>
       </c>
       <c r="J89" s="5">
-        <v>8.55</v>
+        <v>8.57</v>
       </c>
       <c r="K89" s="5">
         <v>2.14</v>
       </c>
     </row>
     <row r="90" ht="80" customHeight="true">
       <c r="B90" s="2"/>
       <c r="C90" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>185</v>
       </c>
       <c r="F90" s="4" t="s">
         <v>186</v>
       </c>
       <c r="G90" s="2">
         <v>1</v>
       </c>
       <c r="H90" s="2">
         <v>600</v>
       </c>
       <c r="I90" s="5">
-        <v>82.73</v>
+        <v>82.92</v>
       </c>
       <c r="J90" s="5">
-        <v>6.61</v>
+        <v>6.63</v>
       </c>
       <c r="K90" s="5">
-        <v>6.61</v>
+        <v>6.63</v>
       </c>
     </row>
     <row r="91" ht="80" customHeight="true">
       <c r="B91" s="2"/>
       <c r="C91" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D91" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>187</v>
       </c>
       <c r="F91" s="4" t="s">
         <v>188</v>
       </c>
       <c r="G91" s="2">
         <v>1</v>
       </c>
       <c r="H91" s="2">
         <v>1330</v>
       </c>
       <c r="I91" s="5">
-        <v>89.88</v>
+        <v>90.1</v>
       </c>
       <c r="J91" s="5">
-        <v>7.2</v>
+        <v>7.22</v>
       </c>
       <c r="K91" s="5">
-        <v>7.2</v>
+        <v>7.22</v>
       </c>
     </row>
     <row r="92" ht="80" customHeight="true">
       <c r="B92" s="2"/>
       <c r="C92" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>189</v>
       </c>
       <c r="F92" s="4" t="s">
         <v>190</v>
       </c>
       <c r="G92" s="2">
         <v>1</v>
       </c>
       <c r="H92" s="2">
         <v>540</v>
       </c>
       <c r="I92" s="5">
-        <v>74.26</v>
+        <v>74.44</v>
       </c>
       <c r="J92" s="5">
-        <v>5.94</v>
+        <v>5.95</v>
       </c>
       <c r="K92" s="5">
-        <v>5.94</v>
+        <v>5.95</v>
       </c>
     </row>
     <row r="93" ht="80" customHeight="true">
       <c r="B93" s="2"/>
       <c r="C93" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>191</v>
       </c>
       <c r="F93" s="4" t="s">
         <v>192</v>
       </c>
       <c r="G93" s="2">
         <v>1</v>
       </c>
       <c r="H93" s="2">
         <v>370</v>
       </c>
       <c r="I93" s="5">
-        <v>70.01</v>
+        <v>70.18</v>
       </c>
       <c r="J93" s="5">
-        <v>5.6</v>
+        <v>5.61</v>
       </c>
       <c r="K93" s="5">
-        <v>5.6</v>
+        <v>5.61</v>
       </c>
     </row>
     <row r="94" ht="80" customHeight="true">
       <c r="B94" s="2"/>
       <c r="C94" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>193</v>
       </c>
       <c r="F94" s="4" t="s">
         <v>194</v>
       </c>
       <c r="G94" s="2">
         <v>1</v>
       </c>
       <c r="H94" s="2">
         <v>490</v>
       </c>
       <c r="I94" s="5">
-        <v>123.61</v>
+        <v>123.9</v>
       </c>
       <c r="J94" s="5">
-        <v>9.89</v>
+        <v>9.92</v>
       </c>
       <c r="K94" s="5">
-        <v>9.89</v>
+        <v>9.92</v>
       </c>
     </row>
     <row r="95" ht="80" customHeight="true">
       <c r="B95" s="2"/>
       <c r="C95" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>195</v>
       </c>
       <c r="F95" s="4" t="s">
         <v>196</v>
       </c>
       <c r="G95" s="2">
         <v>1</v>
       </c>
       <c r="H95" s="2">
         <v>63</v>
       </c>
       <c r="I95" s="5">
-        <v>28.25</v>
+        <v>28.32</v>
       </c>
       <c r="J95" s="5">
-        <v>2.27</v>
+        <v>2.28</v>
       </c>
       <c r="K95" s="5">
-        <v>2.27</v>
+        <v>2.28</v>
       </c>
     </row>
     <row r="96" ht="80" customHeight="true">
       <c r="B96" s="2"/>
       <c r="C96" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>197</v>
       </c>
       <c r="F96" s="4" t="s">
         <v>198</v>
       </c>
       <c r="G96" s="2">
         <v>1</v>
       </c>
       <c r="H96" s="2">
         <v>860</v>
       </c>
       <c r="I96" s="5">
-        <v>194.54</v>
+        <v>195.01</v>
       </c>
       <c r="J96" s="5">
-        <v>15.58</v>
+        <v>15.61</v>
       </c>
       <c r="K96" s="5">
-        <v>15.58</v>
+        <v>15.61</v>
       </c>
     </row>
     <row r="97" ht="80" customHeight="true">
       <c r="B97" s="2"/>
       <c r="C97" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>199</v>
       </c>
       <c r="F97" s="4" t="s">
         <v>200</v>
       </c>
       <c r="G97" s="2">
         <v>1</v>
       </c>
       <c r="H97" s="2">
         <v>220</v>
       </c>
       <c r="I97" s="5">
-        <v>69</v>
+        <v>69.17</v>
       </c>
       <c r="J97" s="5">
-        <v>5.52</v>
+        <v>5.53</v>
       </c>
       <c r="K97" s="5">
-        <v>5.52</v>
+        <v>5.53</v>
       </c>
     </row>
     <row r="98" ht="80" customHeight="true">
       <c r="B98" s="2"/>
       <c r="C98" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>201</v>
       </c>
       <c r="F98" s="4" t="s">
         <v>202</v>
       </c>
       <c r="G98" s="2">
         <v>1</v>
       </c>
       <c r="H98" s="2">
         <v>120</v>
       </c>
       <c r="I98" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J98" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
       <c r="K98" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
     </row>
     <row r="99" ht="80" customHeight="true">
       <c r="B99" s="2"/>
       <c r="C99" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>203</v>
       </c>
       <c r="F99" s="4" t="s">
         <v>204</v>
       </c>
       <c r="G99" s="2">
         <v>1</v>
       </c>
       <c r="H99" s="2">
         <v>330</v>
       </c>
       <c r="I99" s="5">
-        <v>130.85</v>
+        <v>131.16</v>
       </c>
       <c r="J99" s="5">
-        <v>10.48</v>
+        <v>10.51</v>
       </c>
       <c r="K99" s="5">
-        <v>10.48</v>
+        <v>10.51</v>
       </c>
     </row>
     <row r="100" ht="80" customHeight="true">
       <c r="B100" s="2"/>
       <c r="C100" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>205</v>
       </c>
       <c r="F100" s="4" t="s">
         <v>206</v>
       </c>
       <c r="G100" s="2">
         <v>1</v>
       </c>
       <c r="H100" s="2">
         <v>1310</v>
       </c>
       <c r="I100" s="5">
-        <v>70.14</v>
+        <v>70.31</v>
       </c>
       <c r="J100" s="5">
-        <v>5.6</v>
+        <v>5.61</v>
       </c>
       <c r="K100" s="5">
-        <v>5.6</v>
+        <v>5.61</v>
       </c>
     </row>
     <row r="101" ht="80" customHeight="true">
       <c r="B101" s="2"/>
       <c r="C101" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>207</v>
       </c>
       <c r="F101" s="4" t="s">
         <v>208</v>
       </c>
       <c r="G101" s="2">
         <v>5</v>
       </c>
       <c r="H101" s="2">
         <v>230</v>
       </c>
       <c r="I101" s="5">
-        <v>54.01</v>
+        <v>54.14</v>
       </c>
       <c r="J101" s="5">
-        <v>21.6</v>
+        <v>21.65</v>
       </c>
       <c r="K101" s="5">
-        <v>4.32</v>
+        <v>4.33</v>
       </c>
     </row>
     <row r="102" ht="80" customHeight="true">
       <c r="B102" s="2"/>
       <c r="C102" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>209</v>
       </c>
       <c r="F102" s="4" t="s">
         <v>210</v>
       </c>
       <c r="G102" s="2">
         <v>1</v>
       </c>
       <c r="H102" s="2">
         <v>55</v>
       </c>
       <c r="I102" s="5">
-        <v>35.79</v>
+        <v>35.87</v>
       </c>
       <c r="J102" s="5">
-        <v>2.86</v>
+        <v>2.87</v>
       </c>
       <c r="K102" s="5">
-        <v>2.86</v>
+        <v>2.87</v>
       </c>
     </row>
     <row r="103" ht="80" customHeight="true">
       <c r="B103" s="2"/>
       <c r="C103" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>211</v>
       </c>
       <c r="F103" s="4" t="s">
         <v>212</v>
       </c>
       <c r="G103" s="2">
         <v>1</v>
       </c>
       <c r="H103" s="2">
         <v>500</v>
       </c>
       <c r="I103" s="5">
-        <v>50.48</v>
+        <v>50.6</v>
       </c>
       <c r="J103" s="5">
-        <v>4.04</v>
+        <v>4.05</v>
       </c>
       <c r="K103" s="5">
-        <v>4.04</v>
+        <v>4.05</v>
       </c>
     </row>
     <row r="104" ht="80" customHeight="true">
       <c r="B104" s="2"/>
       <c r="C104" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>213</v>
       </c>
       <c r="F104" s="4" t="s">
         <v>214</v>
       </c>
       <c r="G104" s="2">
         <v>3</v>
       </c>
       <c r="H104" s="2">
         <v>100</v>
       </c>
       <c r="I104" s="5">
-        <v>37.47</v>
+        <v>37.56</v>
       </c>
       <c r="J104" s="5">
-        <v>9.01</v>
+        <v>9.03</v>
       </c>
       <c r="K104" s="5">
-        <v>3</v>
+        <v>3.01</v>
       </c>
     </row>
     <row r="105" ht="80" customHeight="true">
       <c r="B105" s="2"/>
       <c r="C105" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>215</v>
       </c>
       <c r="F105" s="4" t="s">
         <v>216</v>
       </c>
       <c r="G105" s="2">
         <v>1</v>
       </c>
       <c r="H105" s="2">
         <v>600</v>
       </c>
       <c r="I105" s="5">
-        <v>155.64</v>
+        <v>156.01</v>
       </c>
       <c r="J105" s="5">
-        <v>12.46</v>
+        <v>12.49</v>
       </c>
       <c r="K105" s="5">
-        <v>12.46</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="106" ht="80" customHeight="true">
       <c r="B106" s="2"/>
       <c r="C106" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>217</v>
       </c>
       <c r="F106" s="4" t="s">
         <v>218</v>
       </c>
       <c r="G106" s="2">
         <v>3</v>
       </c>
       <c r="H106" s="2">
         <v>113</v>
       </c>
       <c r="I106" s="5">
-        <v>42.06</v>
+        <v>42.16</v>
       </c>
       <c r="J106" s="5">
-        <v>10.1</v>
+        <v>10.13</v>
       </c>
       <c r="K106" s="5">
-        <v>3.37</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="107" ht="80" customHeight="true">
       <c r="B107" s="2"/>
       <c r="C107" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F107" s="4" t="s">
         <v>220</v>
       </c>
       <c r="G107" s="2">
         <v>1</v>
       </c>
       <c r="H107" s="2">
         <v>400</v>
       </c>
       <c r="I107" s="5">
-        <v>91.19</v>
+        <v>91.41</v>
       </c>
       <c r="J107" s="5">
-        <v>7.28</v>
+        <v>7.3</v>
       </c>
       <c r="K107" s="5">
-        <v>7.28</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="108" ht="80" customHeight="true">
       <c r="B108" s="2"/>
       <c r="C108" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>221</v>
       </c>
       <c r="F108" s="4" t="s">
         <v>222</v>
       </c>
       <c r="G108" s="2">
         <v>2</v>
       </c>
       <c r="H108" s="2">
         <v>20</v>
       </c>
       <c r="I108" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J108" s="5">
-        <v>9.43</v>
+        <v>9.45</v>
       </c>
       <c r="K108" s="5">
         <v>4.72</v>
       </c>
     </row>
     <row r="109" ht="80" customHeight="true">
       <c r="B109" s="2"/>
       <c r="C109" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F109" s="4" t="s">
         <v>224</v>
       </c>
       <c r="G109" s="2">
         <v>1</v>
       </c>
       <c r="H109" s="2">
         <v>10</v>
       </c>
       <c r="I109" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J109" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
       <c r="K109" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
     </row>
     <row r="110" ht="80" customHeight="true">
       <c r="B110" s="2"/>
       <c r="C110" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D110" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>225</v>
       </c>
       <c r="F110" s="4" t="s">
         <v>226</v>
       </c>
       <c r="G110" s="2">
         <v>1</v>
       </c>
       <c r="H110" s="2">
         <v>20</v>
       </c>
       <c r="I110" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J110" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
       <c r="K110" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
     </row>
     <row r="111" ht="80" customHeight="true">
       <c r="B111" s="2"/>
       <c r="C111" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D111" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>227</v>
       </c>
       <c r="F111" s="4" t="s">
         <v>228</v>
       </c>
       <c r="G111" s="2">
         <v>1</v>
       </c>
       <c r="H111" s="2">
         <v>20</v>
       </c>
       <c r="I111" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J111" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
       <c r="K111" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
     </row>
     <row r="112" ht="80" customHeight="true">
       <c r="B112" s="2"/>
       <c r="C112" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D112" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>229</v>
       </c>
       <c r="F112" s="4" t="s">
         <v>230</v>
       </c>
       <c r="G112" s="2">
         <v>1</v>
       </c>
       <c r="H112" s="2">
         <v>40</v>
       </c>
       <c r="I112" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J112" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
       <c r="K112" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
     </row>
     <row r="113" ht="80" customHeight="true">
       <c r="B113" s="2"/>
       <c r="C113" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>231</v>
       </c>
       <c r="F113" s="4" t="s">
         <v>232</v>
       </c>
       <c r="G113" s="2">
         <v>1</v>
       </c>
       <c r="H113" s="2">
         <v>20</v>
       </c>
       <c r="I113" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J113" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
       <c r="K113" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
     </row>
     <row r="114" ht="80" customHeight="true">
       <c r="B114" s="2"/>
       <c r="C114" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>233</v>
       </c>
       <c r="F114" s="4" t="s">
         <v>234</v>
       </c>
       <c r="G114" s="2">
         <v>2</v>
       </c>
       <c r="H114" s="2">
         <v>30</v>
       </c>
       <c r="I114" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J114" s="5">
-        <v>9.43</v>
+        <v>9.45</v>
       </c>
       <c r="K114" s="5">
         <v>4.72</v>
       </c>
     </row>
     <row r="115" ht="80" customHeight="true">
       <c r="B115" s="2"/>
       <c r="C115" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D115" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>235</v>
       </c>
       <c r="F115" s="4" t="s">
         <v>236</v>
       </c>
       <c r="G115" s="2">
         <v>2</v>
       </c>
       <c r="H115" s="2">
         <v>40</v>
       </c>
       <c r="I115" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J115" s="5">
-        <v>9.43</v>
+        <v>9.45</v>
       </c>
       <c r="K115" s="5">
         <v>4.72</v>
       </c>
     </row>
     <row r="116" ht="80" customHeight="true">
       <c r="B116" s="2"/>
       <c r="C116" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>237</v>
       </c>
       <c r="F116" s="4" t="s">
         <v>238</v>
       </c>
       <c r="G116" s="2">
         <v>2</v>
       </c>
       <c r="H116" s="2">
         <v>20</v>
       </c>
       <c r="I116" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J116" s="5">
-        <v>9.43</v>
+        <v>9.45</v>
       </c>
       <c r="K116" s="5">
         <v>4.72</v>
       </c>
     </row>
     <row r="117" ht="80" customHeight="true">
       <c r="B117" s="2"/>
       <c r="C117" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D117" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F117" s="4" t="s">
         <v>240</v>
       </c>
       <c r="G117" s="2">
         <v>1</v>
       </c>
       <c r="H117" s="2">
         <v>30</v>
       </c>
       <c r="I117" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J117" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
       <c r="K117" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
     </row>
     <row r="118" ht="80" customHeight="true">
       <c r="B118" s="2"/>
       <c r="C118" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>241</v>
       </c>
       <c r="F118" s="4" t="s">
         <v>242</v>
       </c>
       <c r="G118" s="2">
         <v>1</v>
       </c>
       <c r="H118" s="2">
         <v>20</v>
       </c>
       <c r="I118" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J118" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
       <c r="K118" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
     </row>
     <row r="119" ht="80" customHeight="true">
       <c r="B119" s="2"/>
       <c r="C119" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>243</v>
       </c>
       <c r="F119" s="4" t="s">
         <v>244</v>
       </c>
       <c r="G119" s="2">
         <v>1</v>
       </c>
       <c r="H119" s="2">
         <v>20</v>
       </c>
       <c r="I119" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J119" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
       <c r="K119" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
     </row>
     <row r="120" ht="80" customHeight="true">
       <c r="B120" s="2"/>
       <c r="C120" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D120" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>245</v>
       </c>
       <c r="F120" s="4" t="s">
         <v>246</v>
       </c>
       <c r="G120" s="2">
         <v>1</v>
       </c>
       <c r="H120" s="2">
         <v>20</v>
       </c>
       <c r="I120" s="5">
-        <v>58.94</v>
+        <v>59.08</v>
       </c>
       <c r="J120" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
       <c r="K120" s="5">
-        <v>4.72</v>
+        <v>4.73</v>
       </c>
     </row>
     <row r="121" ht="80" customHeight="true">
       <c r="B121" s="2"/>
       <c r="C121" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D121" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>247</v>
       </c>
       <c r="F121" s="4" t="s">
         <v>248</v>
       </c>
       <c r="G121" s="2">
         <v>1</v>
       </c>
       <c r="H121" s="2">
         <v>220</v>
       </c>
       <c r="I121" s="5">
-        <v>77.8</v>
+        <v>77.99</v>
       </c>
       <c r="J121" s="5">
-        <v>6.23</v>
+        <v>6.25</v>
       </c>
       <c r="K121" s="5">
-        <v>6.23</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="122" ht="80" customHeight="true">
       <c r="B122" s="2"/>
       <c r="C122" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D122" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>249</v>
       </c>
       <c r="F122" s="4" t="s">
         <v>250</v>
       </c>
       <c r="G122" s="2">
         <v>20</v>
       </c>
       <c r="H122" s="2">
         <v>70</v>
       </c>
       <c r="I122" s="5">
-        <v>31.28</v>
+        <v>31.35</v>
       </c>
       <c r="J122" s="5">
-        <v>50.06</v>
+        <v>50.18</v>
       </c>
       <c r="K122" s="5">
-        <v>2.5</v>
+        <v>2.51</v>
       </c>
     </row>
     <row r="123" ht="80" customHeight="true">
       <c r="B123" s="2"/>
       <c r="C123" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>251</v>
       </c>
       <c r="F123" s="4" t="s">
         <v>252</v>
       </c>
       <c r="G123" s="2">
         <v>2</v>
       </c>
       <c r="H123" s="2">
         <v>80</v>
       </c>
       <c r="I123" s="5">
-        <v>24.71</v>
+        <v>24.77</v>
       </c>
       <c r="J123" s="5">
-        <v>3.96</v>
+        <v>3.97</v>
       </c>
       <c r="K123" s="5">
-        <v>1.98</v>
+        <v>1.99</v>
       </c>
     </row>
     <row r="124" ht="80" customHeight="true">
       <c r="B124" s="2"/>
       <c r="C124" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>253</v>
       </c>
       <c r="F124" s="4" t="s">
         <v>254</v>
       </c>
       <c r="G124" s="2">
         <v>1</v>
       </c>
       <c r="H124" s="2">
         <v>490</v>
       </c>
       <c r="I124" s="5">
-        <v>137.92</v>
+        <v>138.25</v>
       </c>
       <c r="J124" s="5">
-        <v>11.03</v>
+        <v>11.06</v>
       </c>
       <c r="K124" s="5">
-        <v>11.03</v>
+        <v>11.06</v>
       </c>
     </row>
     <row r="125" ht="80" customHeight="true">
       <c r="B125" s="2"/>
       <c r="C125" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D125" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>255</v>
       </c>
       <c r="F125" s="4" t="s">
         <v>256</v>
       </c>
       <c r="G125" s="2">
         <v>1</v>
       </c>
       <c r="H125" s="2">
         <v>500</v>
       </c>
       <c r="I125" s="5">
-        <v>123.77</v>
+        <v>124.07</v>
       </c>
       <c r="J125" s="5">
-        <v>9.89</v>
+        <v>9.92</v>
       </c>
       <c r="K125" s="5">
-        <v>9.89</v>
+        <v>9.92</v>
       </c>
     </row>
     <row r="126" ht="80" customHeight="true">
       <c r="B126" s="2"/>
       <c r="C126" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D126" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>257</v>
       </c>
       <c r="F126" s="4" t="s">
         <v>258</v>
       </c>
       <c r="G126" s="2">
         <v>1</v>
       </c>
       <c r="H126" s="2">
         <v>870</v>
       </c>
       <c r="I126" s="5">
-        <v>169.79</v>
+        <v>170.19</v>
       </c>
       <c r="J126" s="5">
-        <v>13.6</v>
+        <v>13.63</v>
       </c>
       <c r="K126" s="5">
-        <v>13.6</v>
+        <v>13.63</v>
       </c>
     </row>
     <row r="127" ht="80" customHeight="true">
       <c r="B127" s="2"/>
       <c r="C127" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D127" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>259</v>
       </c>
       <c r="F127" s="4" t="s">
         <v>260</v>
       </c>
       <c r="G127" s="2">
         <v>1</v>
       </c>
       <c r="H127" s="2">
         <v>550</v>
       </c>
       <c r="I127" s="5">
-        <v>121.33</v>
+        <v>121.62</v>
       </c>
       <c r="J127" s="5">
-        <v>9.73</v>
+        <v>9.75</v>
       </c>
       <c r="K127" s="5">
-        <v>9.73</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="128" ht="80" customHeight="true">
       <c r="B128" s="2"/>
       <c r="C128" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D128" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>261</v>
       </c>
       <c r="F128" s="4" t="s">
         <v>262</v>
       </c>
       <c r="G128" s="2">
         <v>1</v>
       </c>
       <c r="H128" s="2">
         <v>240</v>
       </c>
       <c r="I128" s="5">
-        <v>100.83</v>
+        <v>101.07</v>
       </c>
       <c r="J128" s="5">
-        <v>8.08</v>
+        <v>8.1</v>
       </c>
       <c r="K128" s="5">
-        <v>8.08</v>
+        <v>8.1</v>
       </c>
     </row>
     <row r="129" ht="80" customHeight="true">
       <c r="B129" s="2"/>
       <c r="C129" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D129" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>263</v>
       </c>
       <c r="F129" s="4" t="s">
         <v>264</v>
       </c>
       <c r="G129" s="2">
         <v>1</v>
       </c>
       <c r="H129" s="2">
         <v>370</v>
       </c>
       <c r="I129" s="5">
-        <v>70.73</v>
+        <v>70.9</v>
       </c>
       <c r="J129" s="5">
-        <v>5.64</v>
+        <v>5.65</v>
       </c>
       <c r="K129" s="5">
-        <v>5.64</v>
+        <v>5.65</v>
       </c>
     </row>
     <row r="130" ht="80" customHeight="true">
       <c r="B130" s="2"/>
       <c r="C130" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D130" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F130" s="4" t="s">
         <v>266</v>
       </c>
       <c r="G130" s="2">
         <v>2</v>
       </c>
       <c r="H130" s="2">
         <v>60</v>
       </c>
       <c r="I130" s="5">
-        <v>24.5</v>
+        <v>24.56</v>
       </c>
       <c r="J130" s="5">
         <v>3.92</v>
       </c>
       <c r="K130" s="5">
         <v>1.96</v>
       </c>
     </row>
     <row r="131" ht="80" customHeight="true">
       <c r="B131" s="2"/>
       <c r="C131" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D131" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>267</v>
       </c>
       <c r="F131" s="4" t="s">
         <v>268</v>
       </c>
       <c r="G131" s="2">
         <v>1</v>
       </c>
       <c r="H131" s="2">
         <v>30</v>
       </c>
       <c r="I131" s="5">
-        <v>31.03</v>
+        <v>31.1</v>
       </c>
       <c r="J131" s="5">
-        <v>2.48</v>
+        <v>2.49</v>
       </c>
       <c r="K131" s="5">
-        <v>2.48</v>
+        <v>2.49</v>
       </c>
     </row>
     <row r="132" ht="80" customHeight="true">
       <c r="B132" s="2"/>
       <c r="C132" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D132" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>269</v>
       </c>
       <c r="F132" s="4" t="s">
         <v>270</v>
       </c>
       <c r="G132" s="2">
         <v>1</v>
       </c>
       <c r="H132" s="2">
         <v>820</v>
       </c>
       <c r="I132" s="5">
-        <v>124.2</v>
+        <v>124.49</v>
       </c>
       <c r="J132" s="5">
-        <v>9.94</v>
+        <v>9.96</v>
       </c>
       <c r="K132" s="5">
-        <v>9.94</v>
+        <v>9.96</v>
       </c>
     </row>
     <row r="133" ht="80" customHeight="true">
       <c r="B133" s="2"/>
       <c r="C133" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D133" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>271</v>
       </c>
       <c r="F133" s="4" t="s">
         <v>272</v>
       </c>
       <c r="G133" s="2">
         <v>1</v>
       </c>
       <c r="H133" s="2">
         <v>630</v>
       </c>
       <c r="I133" s="5">
-        <v>145.41</v>
+        <v>145.76</v>
       </c>
       <c r="J133" s="5">
-        <v>11.62</v>
+        <v>11.65</v>
       </c>
       <c r="K133" s="5">
-        <v>11.62</v>
+        <v>11.65</v>
       </c>
     </row>
     <row r="134" ht="80" customHeight="true">
       <c r="B134" s="2"/>
       <c r="C134" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D134" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>273</v>
       </c>
       <c r="F134" s="4" t="s">
         <v>274</v>
       </c>
       <c r="G134" s="2">
         <v>1</v>
       </c>
       <c r="H134" s="2">
         <v>700</v>
       </c>
       <c r="I134" s="5">
-        <v>110.39</v>
+        <v>110.65</v>
       </c>
       <c r="J134" s="5">
-        <v>8.84</v>
+        <v>8.86</v>
       </c>
       <c r="K134" s="5">
-        <v>8.84</v>
+        <v>8.86</v>
       </c>
     </row>
     <row r="135" ht="80" customHeight="true">
       <c r="B135" s="2"/>
       <c r="C135" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D135" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>275</v>
       </c>
       <c r="F135" s="4" t="s">
         <v>276</v>
       </c>
       <c r="G135" s="2">
         <v>1</v>
       </c>
       <c r="H135" s="2">
         <v>408</v>
       </c>
       <c r="I135" s="5">
-        <v>111.86</v>
+        <v>112.13</v>
       </c>
       <c r="J135" s="5">
-        <v>8.97</v>
+        <v>8.99</v>
       </c>
       <c r="K135" s="5">
-        <v>8.97</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="136" ht="80" customHeight="true">
       <c r="B136" s="2"/>
       <c r="C136" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D136" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>277</v>
       </c>
       <c r="F136" s="4" t="s">
         <v>278</v>
       </c>
       <c r="G136" s="2">
         <v>1</v>
       </c>
       <c r="H136" s="2">
         <v>308</v>
       </c>
       <c r="I136" s="5">
-        <v>77.93</v>
+        <v>78.11</v>
       </c>
       <c r="J136" s="5">
-        <v>6.23</v>
+        <v>6.25</v>
       </c>
       <c r="K136" s="5">
-        <v>6.23</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="137" ht="80" customHeight="true">
       <c r="B137" s="2"/>
       <c r="C137" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D137" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>279</v>
       </c>
       <c r="F137" s="4" t="s">
         <v>280</v>
       </c>
       <c r="G137" s="2">
         <v>1</v>
       </c>
       <c r="H137" s="2">
         <v>320</v>
       </c>
       <c r="I137" s="5">
-        <v>57.51</v>
+        <v>57.65</v>
       </c>
       <c r="J137" s="5">
-        <v>4.59</v>
+        <v>4.6</v>
       </c>
       <c r="K137" s="5">
-        <v>4.59</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="138" ht="80" customHeight="true">
       <c r="B138" s="2"/>
       <c r="C138" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D138" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>281</v>
       </c>
       <c r="F138" s="4" t="s">
         <v>282</v>
       </c>
       <c r="G138" s="2">
         <v>1</v>
       </c>
       <c r="H138" s="2">
         <v>820</v>
       </c>
       <c r="I138" s="5">
-        <v>69</v>
+        <v>69.17</v>
       </c>
       <c r="J138" s="5">
-        <v>5.52</v>
+        <v>5.53</v>
       </c>
       <c r="K138" s="5">
-        <v>5.52</v>
+        <v>5.53</v>
       </c>
     </row>
     <row r="139" ht="80" customHeight="true">
       <c r="B139" s="2"/>
       <c r="C139" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>283</v>
       </c>
       <c r="F139" s="4" t="s">
         <v>284</v>
       </c>
       <c r="G139" s="2">
         <v>1</v>
       </c>
       <c r="H139" s="2">
         <v>1180</v>
       </c>
       <c r="I139" s="5">
-        <v>95.74</v>
+        <v>95.96</v>
       </c>
       <c r="J139" s="5">
-        <v>7.66</v>
+        <v>7.68</v>
       </c>
       <c r="K139" s="5">
-        <v>7.66</v>
+        <v>7.68</v>
       </c>
     </row>
     <row r="140" ht="80" customHeight="true">
       <c r="B140" s="2"/>
       <c r="C140" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D140" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>285</v>
       </c>
       <c r="F140" s="4" t="s">
         <v>286</v>
       </c>
       <c r="G140" s="2">
         <v>1</v>
       </c>
       <c r="H140" s="2">
         <v>1040</v>
       </c>
       <c r="I140" s="5">
-        <v>130.85</v>
+        <v>131.16</v>
       </c>
       <c r="J140" s="5">
-        <v>10.48</v>
+        <v>10.51</v>
       </c>
       <c r="K140" s="5">
-        <v>10.48</v>
+        <v>10.51</v>
       </c>
     </row>
     <row r="141" ht="80" customHeight="true">
       <c r="B141" s="2"/>
       <c r="C141" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D141" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>287</v>
       </c>
       <c r="F141" s="4" t="s">
         <v>288</v>
       </c>
       <c r="G141" s="2">
         <v>1</v>
       </c>
       <c r="H141" s="2">
         <v>700</v>
       </c>
       <c r="I141" s="5">
-        <v>88.41</v>
+        <v>88.62</v>
       </c>
       <c r="J141" s="5">
-        <v>7.07</v>
+        <v>7.09</v>
       </c>
       <c r="K141" s="5">
-        <v>7.07</v>
+        <v>7.09</v>
       </c>
     </row>
     <row r="142" ht="80" customHeight="true">
       <c r="B142" s="2"/>
       <c r="C142" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D142" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>289</v>
       </c>
       <c r="F142" s="4" t="s">
         <v>290</v>
       </c>
       <c r="G142" s="2">
         <v>1</v>
       </c>
       <c r="H142" s="2">
         <v>1969</v>
       </c>
       <c r="I142" s="5">
-        <v>118.89</v>
+        <v>119.17</v>
       </c>
       <c r="J142" s="5">
-        <v>9.51</v>
+        <v>9.54</v>
       </c>
       <c r="K142" s="5">
-        <v>9.51</v>
+        <v>9.54</v>
       </c>
     </row>
     <row r="143" ht="80" customHeight="true">
       <c r="B143" s="2"/>
       <c r="C143" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>291</v>
       </c>
       <c r="F143" s="4" t="s">
         <v>158</v>
       </c>
       <c r="G143" s="2">
         <v>1</v>
       </c>
       <c r="H143" s="2">
         <v>96</v>
       </c>
       <c r="I143" s="5">
-        <v>52.71</v>
+        <v>52.83</v>
       </c>
       <c r="J143" s="5">
-        <v>4.21</v>
+        <v>4.22</v>
       </c>
       <c r="K143" s="5">
-        <v>4.21</v>
+        <v>4.22</v>
       </c>
     </row>
     <row r="144">
       <c r="G144" s="2" t="str">
         <f>SUM(G3:G143)</f>
       </c>
       <c r="H144" s="2" t="str">
         <f>SUM(H3:H143)</f>
       </c>
       <c r="I144" s="5" t="str">
         <f>SUM(I3:I143)</f>
       </c>
       <c r="J144" s="5" t="str">
         <f>SUM(J3:J143)</f>
       </c>
       <c r="K144" s="5" t="str">
         <f>SUM(K3:K143)</f>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="E4" r:id="rId4"/>
     <hyperlink ref="F4" r:id="rId5"/>