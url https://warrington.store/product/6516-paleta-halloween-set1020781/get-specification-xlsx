--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="wmz" ContentType="image/x-wmz"/>
-  <Default Extension="bmp" ContentType="image/bmp"/>
-[...4 lines deleted...]
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="bmp" ContentType="image/bmp"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="svg" ContentType="image/svg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="emz" ContentType="image/x-emz"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -659,147 +659,147 @@
       <c r="K2" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" ht="80" customHeight="true">
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="2">
         <v>74</v>
       </c>
       <c r="H3" s="2">
         <v>410</v>
       </c>
       <c r="I3" s="5">
-        <v>38.52</v>
+        <v>38.61</v>
       </c>
       <c r="J3" s="5">
-        <v>199.55</v>
+        <v>200.03</v>
       </c>
       <c r="K3" s="5">
         <v>2.7</v>
       </c>
     </row>
     <row r="4" ht="80" customHeight="true">
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>39</v>
       </c>
       <c r="H4" s="2">
         <v>340</v>
       </c>
       <c r="I4" s="5">
-        <v>34.99</v>
+        <v>35.07</v>
       </c>
       <c r="J4" s="5">
-        <v>95.52</v>
+        <v>95.75</v>
       </c>
       <c r="K4" s="5">
-        <v>2.45</v>
+        <v>2.46</v>
       </c>
     </row>
     <row r="5" ht="80" customHeight="true">
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="2">
         <v>24</v>
       </c>
       <c r="H5" s="2">
         <v>400</v>
       </c>
       <c r="I5" s="5">
-        <v>38.52</v>
+        <v>38.61</v>
       </c>
       <c r="J5" s="5">
-        <v>64.71</v>
+        <v>64.86</v>
       </c>
       <c r="K5" s="5">
         <v>2.7</v>
       </c>
     </row>
     <row r="6" ht="80" customHeight="true">
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>18</v>
       </c>
       <c r="G6" s="2">
         <v>16</v>
       </c>
       <c r="H6" s="2">
         <v>280</v>
       </c>
       <c r="I6" s="5">
-        <v>38.44</v>
+        <v>38.53</v>
       </c>
       <c r="J6" s="5">
-        <v>43.07</v>
+        <v>43.17</v>
       </c>
       <c r="K6" s="5">
-        <v>2.69</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="7">
       <c r="G7" s="2" t="str">
         <f>SUM(G3:G6)</f>
       </c>
       <c r="H7" s="2" t="str">
         <f>SUM(H3:H6)</f>
       </c>
       <c r="I7" s="5" t="str">
         <f>SUM(I3:I6)</f>
       </c>
       <c r="J7" s="5" t="str">
         <f>SUM(J3:J6)</f>
       </c>
       <c r="K7" s="5" t="str">
         <f>SUM(K3:K6)</f>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="E4" r:id="rId4"/>
     <hyperlink ref="F4" r:id="rId5"/>