--- v0 (2026-01-29)
+++ v1 (2026-03-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="tiff" ContentType="image/tiff"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="emz" ContentType="image/x-emz"/>
-  <Default Extension="bmp" ContentType="image/bmp"/>
-[...1 lines deleted...]
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="bmp" ContentType="image/bmp"/>
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="svg" ContentType="image/svg"/>
-  <Default Extension="tiff" ContentType="image/tiff"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -928,357 +928,357 @@
       <c r="K2" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" ht="80" customHeight="true">
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="2">
         <v>1</v>
       </c>
       <c r="H3" s="2">
         <v>7580</v>
       </c>
       <c r="I3" s="5">
-        <v>283</v>
+        <v>427.96</v>
       </c>
       <c r="J3" s="5">
-        <v>90.52</v>
+        <v>89.88</v>
       </c>
       <c r="K3" s="5">
-        <v>90.52</v>
+        <v>89.88</v>
       </c>
     </row>
     <row r="4" ht="80" customHeight="true">
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>2</v>
       </c>
       <c r="H4" s="2">
         <v>2360</v>
       </c>
       <c r="I4" s="5">
-        <v>174.38</v>
+        <v>239.64</v>
       </c>
       <c r="J4" s="5">
-        <v>101.38</v>
+        <v>100.67</v>
       </c>
       <c r="K4" s="5">
-        <v>50.69</v>
+        <v>50.34</v>
       </c>
     </row>
     <row r="5" ht="80" customHeight="true">
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2">
         <v>1</v>
       </c>
       <c r="H5" s="2">
         <v>4410</v>
       </c>
       <c r="I5" s="5">
-        <v>180.4</v>
+        <v>101.09</v>
       </c>
       <c r="J5" s="5">
-        <v>21.39</v>
+        <v>21.23</v>
       </c>
       <c r="K5" s="5">
-        <v>21.39</v>
+        <v>21.23</v>
       </c>
     </row>
     <row r="6" ht="80" customHeight="true">
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="2">
         <v>1</v>
       </c>
       <c r="H6" s="2">
         <v>3880</v>
       </c>
       <c r="I6" s="5">
-        <v>208.69</v>
+        <v>212.16</v>
       </c>
       <c r="J6" s="5">
-        <v>44.88</v>
+        <v>44.55</v>
       </c>
       <c r="K6" s="5">
-        <v>44.88</v>
+        <v>44.55</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>1</v>
       </c>
       <c r="H7" s="2">
         <v>6850</v>
       </c>
       <c r="I7" s="5">
-        <v>311.29</v>
+        <v>316.46</v>
       </c>
       <c r="J7" s="5">
-        <v>66.94</v>
+        <v>66.47</v>
       </c>
       <c r="K7" s="5">
-        <v>66.94</v>
+        <v>66.47</v>
       </c>
     </row>
     <row r="8" ht="80" customHeight="true">
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
         <v>1</v>
       </c>
       <c r="H8" s="2">
         <v>2960</v>
       </c>
       <c r="I8" s="5">
-        <v>204.44</v>
+        <v>207.84</v>
       </c>
       <c r="J8" s="5">
-        <v>43.95</v>
+        <v>43.66</v>
       </c>
       <c r="K8" s="5">
-        <v>43.95</v>
+        <v>43.66</v>
       </c>
     </row>
     <row r="9" ht="80" customHeight="true">
       <c r="B9" s="2"/>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="2">
         <v>1</v>
       </c>
       <c r="H9" s="2">
         <v>4390</v>
       </c>
       <c r="I9" s="5">
-        <v>219.17</v>
+        <v>222.82</v>
       </c>
       <c r="J9" s="5">
-        <v>47.11</v>
+        <v>46.78</v>
       </c>
       <c r="K9" s="5">
-        <v>47.11</v>
+        <v>46.78</v>
       </c>
     </row>
     <row r="10" ht="80" customHeight="true">
       <c r="B10" s="2"/>
       <c r="C10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="2">
         <v>1</v>
       </c>
       <c r="H10" s="2">
         <v>6160</v>
       </c>
       <c r="I10" s="5">
-        <v>291.67</v>
+        <v>296.52</v>
       </c>
       <c r="J10" s="5">
-        <v>62.73</v>
+        <v>62.27</v>
       </c>
       <c r="K10" s="5">
-        <v>62.73</v>
+        <v>62.27</v>
       </c>
     </row>
     <row r="11" ht="80" customHeight="true">
       <c r="B11" s="2"/>
       <c r="C11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>29</v>
       </c>
       <c r="G11" s="2">
         <v>1</v>
       </c>
       <c r="H11" s="2">
         <v>2410</v>
       </c>
       <c r="I11" s="5">
-        <v>155.26</v>
+        <v>229.66</v>
       </c>
       <c r="J11" s="5">
-        <v>48.58</v>
+        <v>48.24</v>
       </c>
       <c r="K11" s="5">
-        <v>48.58</v>
+        <v>48.24</v>
       </c>
     </row>
     <row r="12" ht="80" customHeight="true">
       <c r="B12" s="2"/>
       <c r="C12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="G12" s="2">
         <v>1</v>
       </c>
       <c r="H12" s="2">
         <v>5530</v>
       </c>
       <c r="I12" s="5">
-        <v>150.34</v>
+        <v>181.86</v>
       </c>
       <c r="J12" s="5">
-        <v>38.48</v>
+        <v>38.18</v>
       </c>
       <c r="K12" s="5">
-        <v>38.48</v>
+        <v>38.18</v>
       </c>
     </row>
     <row r="13" ht="80" customHeight="true">
       <c r="B13" s="2"/>
       <c r="C13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>33</v>
       </c>
       <c r="G13" s="2">
         <v>1</v>
       </c>
       <c r="H13" s="2">
         <v>2940</v>
       </c>
       <c r="I13" s="5">
-        <v>196.65</v>
+        <v>199.92</v>
       </c>
       <c r="J13" s="5">
-        <v>42.27</v>
+        <v>41.99</v>
       </c>
       <c r="K13" s="5">
-        <v>42.27</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="14">
       <c r="G14" s="2" t="str">
         <f>SUM(G3:G13)</f>
       </c>
       <c r="H14" s="2" t="str">
         <f>SUM(H3:H13)</f>
       </c>
       <c r="I14" s="5" t="str">
         <f>SUM(I3:I13)</f>
       </c>
       <c r="J14" s="5" t="str">
         <f>SUM(J3:J13)</f>
       </c>
       <c r="K14" s="5" t="str">
         <f>SUM(K3:K13)</f>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="E4" r:id="rId4"/>
     <hyperlink ref="F4" r:id="rId5"/>