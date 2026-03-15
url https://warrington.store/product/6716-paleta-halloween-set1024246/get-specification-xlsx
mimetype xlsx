--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="svg" ContentType="image/svg"/>
+  <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="emz" ContentType="image/x-emz"/>
-  <Default Extension="wmz" ContentType="image/x-wmz"/>
-[...2 lines deleted...]
-  <Default Extension="svg" ContentType="image/svg"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -2328,1467 +2328,1467 @@
       <c r="K2" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" ht="80" customHeight="true">
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="2">
         <v>3</v>
       </c>
       <c r="H3" s="2">
         <v>230</v>
       </c>
       <c r="I3" s="5">
-        <v>77.8</v>
+        <v>77.99</v>
       </c>
       <c r="J3" s="5">
-        <v>11.66</v>
+        <v>11.69</v>
       </c>
       <c r="K3" s="5">
-        <v>3.89</v>
+        <v>3.9</v>
       </c>
     </row>
     <row r="4" ht="80" customHeight="true">
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>1</v>
       </c>
       <c r="H4" s="2">
         <v>700</v>
       </c>
       <c r="I4" s="5">
-        <v>84.83</v>
+        <v>85.03</v>
       </c>
       <c r="J4" s="5">
-        <v>4.25</v>
+        <v>4.26</v>
       </c>
       <c r="K4" s="5">
-        <v>4.25</v>
+        <v>4.26</v>
       </c>
     </row>
     <row r="5" ht="80" customHeight="true">
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2">
         <v>4</v>
       </c>
       <c r="H5" s="2">
         <v>200</v>
       </c>
       <c r="I5" s="5">
-        <v>74.26</v>
+        <v>74.44</v>
       </c>
       <c r="J5" s="5">
-        <v>14.86</v>
+        <v>14.9</v>
       </c>
       <c r="K5" s="5">
-        <v>3.72</v>
+        <v>3.73</v>
       </c>
     </row>
     <row r="6" ht="80" customHeight="true">
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="2">
         <v>7</v>
       </c>
       <c r="H6" s="2">
         <v>220</v>
       </c>
       <c r="I6" s="5">
-        <v>70.73</v>
+        <v>70.9</v>
       </c>
       <c r="J6" s="5">
-        <v>24.75</v>
+        <v>24.81</v>
       </c>
       <c r="K6" s="5">
         <v>3.54</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>12</v>
       </c>
       <c r="H7" s="2">
         <v>340</v>
       </c>
       <c r="I7" s="5">
-        <v>47.53</v>
+        <v>47.64</v>
       </c>
       <c r="J7" s="5">
-        <v>28.5</v>
+        <v>28.57</v>
       </c>
       <c r="K7" s="5">
         <v>2.38</v>
       </c>
     </row>
     <row r="8" ht="80" customHeight="true">
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
         <v>4</v>
       </c>
       <c r="H8" s="2">
         <v>290</v>
       </c>
       <c r="I8" s="5">
-        <v>91.95</v>
+        <v>92.16</v>
       </c>
       <c r="J8" s="5">
-        <v>18.4</v>
+        <v>18.44</v>
       </c>
       <c r="K8" s="5">
-        <v>4.6</v>
+        <v>4.61</v>
       </c>
     </row>
     <row r="9" ht="80" customHeight="true">
       <c r="B9" s="2"/>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="2">
         <v>5</v>
       </c>
       <c r="H9" s="2">
         <v>300</v>
       </c>
       <c r="I9" s="5">
-        <v>81.34</v>
+        <v>81.53</v>
       </c>
       <c r="J9" s="5">
-        <v>20.33</v>
+        <v>20.38</v>
       </c>
       <c r="K9" s="5">
-        <v>4.07</v>
+        <v>4.08</v>
       </c>
     </row>
     <row r="10" ht="80" customHeight="true">
       <c r="B10" s="2"/>
       <c r="C10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="2">
         <v>1</v>
       </c>
       <c r="H10" s="2">
         <v>250</v>
       </c>
       <c r="I10" s="5">
-        <v>71.99</v>
+        <v>72.16</v>
       </c>
       <c r="J10" s="5">
-        <v>3.62</v>
+        <v>3.63</v>
       </c>
       <c r="K10" s="5">
-        <v>3.62</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="11" ht="80" customHeight="true">
       <c r="B11" s="2"/>
       <c r="C11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>28</v>
       </c>
       <c r="G11" s="2">
         <v>4</v>
       </c>
       <c r="H11" s="2">
         <v>290</v>
       </c>
       <c r="I11" s="5">
-        <v>71.78</v>
+        <v>71.95</v>
       </c>
       <c r="J11" s="5">
-        <v>14.36</v>
+        <v>14.39</v>
       </c>
       <c r="K11" s="5">
-        <v>3.59</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="12" ht="80" customHeight="true">
       <c r="B12" s="2"/>
       <c r="C12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="G12" s="2">
         <v>1</v>
       </c>
       <c r="H12" s="2">
         <v>670</v>
       </c>
       <c r="I12" s="5">
-        <v>141.46</v>
+        <v>141.79</v>
       </c>
       <c r="J12" s="5">
-        <v>7.07</v>
+        <v>7.09</v>
       </c>
       <c r="K12" s="5">
-        <v>7.07</v>
+        <v>7.09</v>
       </c>
     </row>
     <row r="13" ht="80" customHeight="true">
       <c r="B13" s="2"/>
       <c r="C13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>32</v>
       </c>
       <c r="G13" s="2">
         <v>1</v>
       </c>
       <c r="H13" s="2">
         <v>740</v>
       </c>
       <c r="I13" s="5">
-        <v>95.19</v>
+        <v>95.41</v>
       </c>
       <c r="J13" s="5">
-        <v>4.76</v>
+        <v>4.77</v>
       </c>
       <c r="K13" s="5">
-        <v>4.76</v>
+        <v>4.77</v>
       </c>
     </row>
     <row r="14" ht="80" customHeight="true">
       <c r="B14" s="2"/>
       <c r="C14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>34</v>
       </c>
       <c r="G14" s="2">
         <v>1</v>
       </c>
       <c r="H14" s="2">
         <v>360</v>
       </c>
       <c r="I14" s="5">
-        <v>79.91</v>
+        <v>80.1</v>
       </c>
       <c r="J14" s="5">
-        <v>4</v>
+        <v>4.01</v>
       </c>
       <c r="K14" s="5">
-        <v>4</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="15" ht="80" customHeight="true">
       <c r="B15" s="2"/>
       <c r="C15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>36</v>
       </c>
       <c r="G15" s="2">
         <v>1</v>
       </c>
       <c r="H15" s="2">
         <v>80</v>
       </c>
       <c r="I15" s="5">
-        <v>31.79</v>
+        <v>31.86</v>
       </c>
       <c r="J15" s="5">
         <v>1.6</v>
       </c>
       <c r="K15" s="5">
         <v>1.6</v>
       </c>
     </row>
     <row r="16" ht="80" customHeight="true">
       <c r="B16" s="2"/>
       <c r="C16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>38</v>
       </c>
       <c r="G16" s="2">
         <v>1</v>
       </c>
       <c r="H16" s="2">
         <v>180</v>
       </c>
       <c r="I16" s="5">
-        <v>79.02</v>
+        <v>79.21</v>
       </c>
       <c r="J16" s="5">
-        <v>3.96</v>
+        <v>3.97</v>
       </c>
       <c r="K16" s="5">
-        <v>3.96</v>
+        <v>3.97</v>
       </c>
     </row>
     <row r="17" ht="80" customHeight="true">
       <c r="B17" s="2"/>
       <c r="C17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="G17" s="2">
         <v>1</v>
       </c>
       <c r="H17" s="2">
         <v>300</v>
       </c>
       <c r="I17" s="5">
-        <v>61.51</v>
+        <v>61.65</v>
       </c>
       <c r="J17" s="5">
-        <v>3.07</v>
+        <v>3.08</v>
       </c>
       <c r="K17" s="5">
-        <v>3.07</v>
+        <v>3.08</v>
       </c>
     </row>
     <row r="18" ht="80" customHeight="true">
       <c r="B18" s="2"/>
       <c r="C18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G18" s="2">
         <v>1</v>
       </c>
       <c r="H18" s="2">
         <v>580</v>
       </c>
       <c r="I18" s="5">
-        <v>88.28</v>
+        <v>88.49</v>
       </c>
       <c r="J18" s="5">
-        <v>4.42</v>
+        <v>4.43</v>
       </c>
       <c r="K18" s="5">
-        <v>4.42</v>
+        <v>4.43</v>
       </c>
     </row>
     <row r="19" ht="80" customHeight="true">
       <c r="B19" s="2"/>
       <c r="C19" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>44</v>
       </c>
       <c r="G19" s="2">
         <v>11</v>
       </c>
       <c r="H19" s="2">
         <v>222</v>
       </c>
       <c r="I19" s="5">
-        <v>35.32</v>
+        <v>35.41</v>
       </c>
       <c r="J19" s="5">
-        <v>19.41</v>
+        <v>19.45</v>
       </c>
       <c r="K19" s="5">
-        <v>1.76</v>
+        <v>1.77</v>
       </c>
     </row>
     <row r="20" ht="80" customHeight="true">
       <c r="B20" s="2"/>
       <c r="C20" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G20" s="2">
         <v>3</v>
       </c>
       <c r="H20" s="2">
         <v>280</v>
       </c>
       <c r="I20" s="5">
-        <v>35.32</v>
+        <v>35.41</v>
       </c>
       <c r="J20" s="5">
-        <v>5.3</v>
+        <v>5.32</v>
       </c>
       <c r="K20" s="5">
         <v>1.77</v>
       </c>
     </row>
     <row r="21" ht="80" customHeight="true">
       <c r="B21" s="2"/>
       <c r="C21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G21" s="2">
         <v>3</v>
       </c>
       <c r="H21" s="2">
         <v>400</v>
       </c>
       <c r="I21" s="5">
-        <v>70.73</v>
+        <v>70.9</v>
       </c>
       <c r="J21" s="5">
-        <v>10.61</v>
+        <v>10.63</v>
       </c>
       <c r="K21" s="5">
         <v>3.54</v>
       </c>
     </row>
     <row r="22" ht="80" customHeight="true">
       <c r="B22" s="2"/>
       <c r="C22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>50</v>
       </c>
       <c r="G22" s="2">
         <v>1</v>
       </c>
       <c r="H22" s="2">
         <v>150</v>
       </c>
       <c r="I22" s="5">
-        <v>42.44</v>
+        <v>42.54</v>
       </c>
       <c r="J22" s="5">
         <v>2.11</v>
       </c>
       <c r="K22" s="5">
         <v>2.11</v>
       </c>
     </row>
     <row r="23" ht="80" customHeight="true">
       <c r="B23" s="2"/>
       <c r="C23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="G23" s="2">
         <v>2</v>
       </c>
       <c r="H23" s="2">
         <v>25</v>
       </c>
       <c r="I23" s="5">
-        <v>24.71</v>
+        <v>24.77</v>
       </c>
       <c r="J23" s="5">
-        <v>2.48</v>
+        <v>2.49</v>
       </c>
       <c r="K23" s="5">
-        <v>1.24</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="24" ht="80" customHeight="true">
       <c r="B24" s="2"/>
       <c r="C24" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>54</v>
       </c>
       <c r="G24" s="2">
         <v>1</v>
       </c>
       <c r="H24" s="2">
         <v>330</v>
       </c>
       <c r="I24" s="5">
-        <v>50.39</v>
+        <v>50.51</v>
       </c>
       <c r="J24" s="5">
         <v>2.53</v>
       </c>
       <c r="K24" s="5">
         <v>2.53</v>
       </c>
     </row>
     <row r="25" ht="80" customHeight="true">
       <c r="B25" s="2"/>
       <c r="C25" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>56</v>
       </c>
       <c r="G25" s="2">
         <v>1</v>
       </c>
       <c r="H25" s="2">
         <v>440</v>
       </c>
       <c r="I25" s="5">
-        <v>24.71</v>
+        <v>24.77</v>
       </c>
       <c r="J25" s="5">
         <v>1.22</v>
       </c>
       <c r="K25" s="5">
         <v>1.22</v>
       </c>
     </row>
     <row r="26" ht="80" customHeight="true">
       <c r="B26" s="2"/>
       <c r="C26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>58</v>
       </c>
       <c r="G26" s="2">
         <v>1</v>
       </c>
       <c r="H26" s="2">
         <v>140</v>
       </c>
       <c r="I26" s="5">
-        <v>26.82</v>
+        <v>26.88</v>
       </c>
       <c r="J26" s="5">
         <v>1.35</v>
       </c>
       <c r="K26" s="5">
         <v>1.35</v>
       </c>
     </row>
     <row r="27" ht="80" customHeight="true">
       <c r="B27" s="2"/>
       <c r="C27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>60</v>
       </c>
       <c r="G27" s="2">
         <v>2</v>
       </c>
       <c r="H27" s="2">
         <v>12</v>
       </c>
       <c r="I27" s="5">
-        <v>21.18</v>
+        <v>21.23</v>
       </c>
       <c r="J27" s="5">
         <v>2.11</v>
       </c>
       <c r="K27" s="5">
         <v>1.06</v>
       </c>
     </row>
     <row r="28" ht="80" customHeight="true">
       <c r="B28" s="2"/>
       <c r="C28" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>62</v>
       </c>
       <c r="G28" s="2">
         <v>1</v>
       </c>
       <c r="H28" s="2">
         <v>350</v>
       </c>
       <c r="I28" s="5">
-        <v>38.9</v>
+        <v>38.99</v>
       </c>
       <c r="J28" s="5">
         <v>1.94</v>
       </c>
       <c r="K28" s="5">
         <v>1.94</v>
       </c>
     </row>
     <row r="29" ht="80" customHeight="true">
       <c r="B29" s="2"/>
       <c r="C29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G29" s="2">
         <v>2</v>
       </c>
       <c r="H29" s="2">
         <v>500</v>
       </c>
       <c r="I29" s="5">
-        <v>67.36</v>
+        <v>67.52</v>
       </c>
       <c r="J29" s="5">
-        <v>6.74</v>
+        <v>6.75</v>
       </c>
       <c r="K29" s="5">
-        <v>3.37</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="30" ht="80" customHeight="true">
       <c r="B30" s="2"/>
       <c r="C30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>66</v>
       </c>
       <c r="G30" s="2">
         <v>1</v>
       </c>
       <c r="H30" s="2">
         <v>230</v>
       </c>
       <c r="I30" s="5">
-        <v>21.18</v>
+        <v>21.23</v>
       </c>
       <c r="J30" s="5">
-        <v>1.05</v>
+        <v>1.06</v>
       </c>
       <c r="K30" s="5">
-        <v>1.05</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="31" ht="80" customHeight="true">
       <c r="B31" s="2"/>
       <c r="C31" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>68</v>
       </c>
       <c r="G31" s="2">
         <v>10</v>
       </c>
       <c r="H31" s="2">
         <v>20</v>
       </c>
       <c r="I31" s="5">
-        <v>21.18</v>
+        <v>21.23</v>
       </c>
       <c r="J31" s="5">
-        <v>10.61</v>
+        <v>10.63</v>
       </c>
       <c r="K31" s="5">
         <v>1.06</v>
       </c>
     </row>
     <row r="32" ht="80" customHeight="true">
       <c r="B32" s="2"/>
       <c r="C32" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>70</v>
       </c>
       <c r="G32" s="2">
         <v>1</v>
       </c>
       <c r="H32" s="2">
         <v>690</v>
       </c>
       <c r="I32" s="5">
-        <v>150.8</v>
+        <v>151.16</v>
       </c>
       <c r="J32" s="5">
-        <v>7.54</v>
+        <v>7.55</v>
       </c>
       <c r="K32" s="5">
-        <v>7.54</v>
+        <v>7.55</v>
       </c>
     </row>
     <row r="33" ht="80" customHeight="true">
       <c r="B33" s="2"/>
       <c r="C33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>72</v>
       </c>
       <c r="G33" s="2">
         <v>1</v>
       </c>
       <c r="H33" s="2">
         <v>290</v>
       </c>
       <c r="I33" s="5">
-        <v>83.44</v>
+        <v>83.64</v>
       </c>
       <c r="J33" s="5">
-        <v>4.17</v>
+        <v>4.18</v>
       </c>
       <c r="K33" s="5">
-        <v>4.17</v>
+        <v>4.18</v>
       </c>
     </row>
     <row r="34" ht="80" customHeight="true">
       <c r="B34" s="2"/>
       <c r="C34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>74</v>
       </c>
       <c r="G34" s="2">
         <v>1</v>
       </c>
       <c r="H34" s="2">
         <v>460</v>
       </c>
       <c r="I34" s="5">
-        <v>75.27</v>
+        <v>75.45</v>
       </c>
       <c r="J34" s="5">
-        <v>3.75</v>
+        <v>3.76</v>
       </c>
       <c r="K34" s="5">
-        <v>3.75</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="35" ht="80" customHeight="true">
       <c r="B35" s="2"/>
       <c r="C35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>76</v>
       </c>
       <c r="G35" s="2">
         <v>2</v>
       </c>
       <c r="H35" s="2">
         <v>640</v>
       </c>
       <c r="I35" s="5">
-        <v>95.31</v>
+        <v>95.54</v>
       </c>
       <c r="J35" s="5">
-        <v>9.51</v>
+        <v>9.54</v>
       </c>
       <c r="K35" s="5">
-        <v>4.76</v>
+        <v>4.77</v>
       </c>
     </row>
     <row r="36" ht="80" customHeight="true">
       <c r="B36" s="2"/>
       <c r="C36" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>78</v>
       </c>
       <c r="G36" s="2">
         <v>4</v>
       </c>
       <c r="H36" s="2">
         <v>60</v>
       </c>
       <c r="I36" s="5">
-        <v>53.09</v>
+        <v>53.21</v>
       </c>
       <c r="J36" s="5">
-        <v>10.61</v>
+        <v>10.63</v>
       </c>
       <c r="K36" s="5">
-        <v>2.65</v>
+        <v>2.66</v>
       </c>
     </row>
     <row r="37" ht="80" customHeight="true">
       <c r="B37" s="2"/>
       <c r="C37" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>80</v>
       </c>
       <c r="G37" s="2">
         <v>1</v>
       </c>
       <c r="H37" s="2">
         <v>70</v>
       </c>
       <c r="I37" s="5">
-        <v>34.77</v>
+        <v>34.86</v>
       </c>
       <c r="J37" s="5">
         <v>1.73</v>
       </c>
       <c r="K37" s="5">
         <v>1.73</v>
       </c>
     </row>
     <row r="38" ht="80" customHeight="true">
       <c r="B38" s="2"/>
       <c r="C38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>82</v>
       </c>
       <c r="G38" s="2">
         <v>3</v>
       </c>
       <c r="H38" s="2">
         <v>130</v>
       </c>
       <c r="I38" s="5">
-        <v>35.11</v>
+        <v>35.19</v>
       </c>
       <c r="J38" s="5">
-        <v>5.26</v>
+        <v>5.27</v>
       </c>
       <c r="K38" s="5">
-        <v>1.75</v>
+        <v>1.76</v>
       </c>
     </row>
     <row r="39" ht="80" customHeight="true">
       <c r="B39" s="2"/>
       <c r="C39" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>84</v>
       </c>
       <c r="G39" s="2">
         <v>1</v>
       </c>
       <c r="H39" s="2">
         <v>310</v>
       </c>
       <c r="I39" s="5">
-        <v>120.24</v>
+        <v>120.52</v>
       </c>
       <c r="J39" s="5">
-        <v>6.02</v>
+        <v>6.03</v>
       </c>
       <c r="K39" s="5">
-        <v>6.02</v>
+        <v>6.03</v>
       </c>
     </row>
     <row r="40" ht="80" customHeight="true">
       <c r="B40" s="2"/>
       <c r="C40" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>86</v>
       </c>
       <c r="G40" s="2">
         <v>3</v>
       </c>
       <c r="H40" s="2">
         <v>150</v>
       </c>
       <c r="I40" s="5">
-        <v>39.28</v>
+        <v>39.37</v>
       </c>
       <c r="J40" s="5">
-        <v>5.89</v>
+        <v>5.91</v>
       </c>
       <c r="K40" s="5">
-        <v>1.96</v>
+        <v>1.97</v>
       </c>
     </row>
     <row r="41" ht="80" customHeight="true">
       <c r="B41" s="2"/>
       <c r="C41" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>88</v>
       </c>
       <c r="G41" s="2">
         <v>4</v>
       </c>
       <c r="H41" s="2">
         <v>60</v>
       </c>
       <c r="I41" s="5">
-        <v>26.02</v>
+        <v>26.08</v>
       </c>
       <c r="J41" s="5">
-        <v>5.22</v>
+        <v>5.23</v>
       </c>
       <c r="K41" s="5">
         <v>1.31</v>
       </c>
     </row>
     <row r="42" ht="80" customHeight="true">
       <c r="B42" s="2"/>
       <c r="C42" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G42" s="2">
         <v>1</v>
       </c>
       <c r="H42" s="2">
         <v>190</v>
       </c>
       <c r="I42" s="5">
-        <v>34.52</v>
+        <v>34.6</v>
       </c>
       <c r="J42" s="5">
         <v>1.73</v>
       </c>
       <c r="K42" s="5">
         <v>1.73</v>
       </c>
     </row>
     <row r="43" ht="80" customHeight="true">
       <c r="B43" s="2"/>
       <c r="C43" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>92</v>
       </c>
       <c r="G43" s="2">
         <v>41</v>
       </c>
       <c r="H43" s="2">
         <v>240</v>
       </c>
       <c r="I43" s="5">
-        <v>55.57</v>
+        <v>55.7</v>
       </c>
       <c r="J43" s="5">
-        <v>113.92</v>
+        <v>114.19</v>
       </c>
       <c r="K43" s="5">
-        <v>2.78</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="44" ht="80" customHeight="true">
       <c r="B44" s="2"/>
       <c r="C44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>94</v>
       </c>
       <c r="G44" s="2">
         <v>20</v>
       </c>
       <c r="H44" s="2">
         <v>250</v>
       </c>
       <c r="I44" s="5">
-        <v>56.58</v>
+        <v>56.72</v>
       </c>
       <c r="J44" s="5">
-        <v>56.58</v>
+        <v>56.72</v>
       </c>
       <c r="K44" s="5">
-        <v>2.83</v>
+        <v>2.84</v>
       </c>
     </row>
     <row r="45" ht="80" customHeight="true">
       <c r="B45" s="2"/>
       <c r="C45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>96</v>
       </c>
       <c r="G45" s="2">
         <v>2</v>
       </c>
       <c r="H45" s="2">
         <v>50</v>
       </c>
       <c r="I45" s="5">
-        <v>24.71</v>
+        <v>24.77</v>
       </c>
       <c r="J45" s="5">
-        <v>2.48</v>
+        <v>2.49</v>
       </c>
       <c r="K45" s="5">
-        <v>1.24</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="46" ht="80" customHeight="true">
       <c r="B46" s="2"/>
       <c r="C46" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>98</v>
       </c>
       <c r="G46" s="2">
         <v>1</v>
       </c>
       <c r="H46" s="2">
         <v>320</v>
       </c>
       <c r="I46" s="5">
-        <v>112.2</v>
+        <v>112.46</v>
       </c>
       <c r="J46" s="5">
-        <v>5.6</v>
+        <v>5.61</v>
       </c>
       <c r="K46" s="5">
-        <v>5.6</v>
+        <v>5.61</v>
       </c>
     </row>
     <row r="47" ht="80" customHeight="true">
       <c r="B47" s="2"/>
       <c r="C47" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>100</v>
       </c>
       <c r="G47" s="2">
         <v>2</v>
       </c>
       <c r="H47" s="2">
         <v>570</v>
       </c>
       <c r="I47" s="5">
-        <v>102.51</v>
+        <v>102.76</v>
       </c>
       <c r="J47" s="5">
-        <v>10.27</v>
+        <v>10.3</v>
       </c>
       <c r="K47" s="5">
-        <v>5.14</v>
+        <v>5.15</v>
       </c>
     </row>
     <row r="48" ht="80" customHeight="true">
       <c r="B48" s="2"/>
       <c r="C48" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>102</v>
       </c>
       <c r="G48" s="2">
         <v>2</v>
       </c>
       <c r="H48" s="2">
         <v>320</v>
       </c>
       <c r="I48" s="5">
-        <v>67.87</v>
+        <v>68.03</v>
       </c>
       <c r="J48" s="5">
-        <v>6.78</v>
+        <v>6.79</v>
       </c>
       <c r="K48" s="5">
-        <v>3.39</v>
+        <v>3.4</v>
       </c>
     </row>
     <row r="49" ht="80" customHeight="true">
       <c r="B49" s="2"/>
       <c r="C49" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="F49" s="4" t="s">
         <v>102</v>
       </c>
       <c r="G49" s="2">
         <v>1</v>
       </c>
       <c r="H49" s="2">
         <v>360</v>
       </c>
       <c r="I49" s="5">
-        <v>72.03</v>
+        <v>72.2</v>
       </c>
       <c r="J49" s="5">
-        <v>3.62</v>
+        <v>3.63</v>
       </c>
       <c r="K49" s="5">
-        <v>3.62</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="50" ht="80" customHeight="true">
       <c r="B50" s="2"/>
       <c r="C50" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="F50" s="4" t="s">
         <v>105</v>
       </c>
       <c r="G50" s="2">
         <v>9</v>
       </c>
       <c r="H50" s="2">
         <v>190</v>
       </c>
       <c r="I50" s="5">
-        <v>24.71</v>
+        <v>24.77</v>
       </c>
       <c r="J50" s="5">
-        <v>11.11</v>
+        <v>11.14</v>
       </c>
       <c r="K50" s="5">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="51">
       <c r="G51" s="2" t="str">
         <f>SUM(G3:G50)</f>
       </c>
       <c r="H51" s="2" t="str">
         <f>SUM(H3:H50)</f>
       </c>
       <c r="I51" s="5" t="str">
         <f>SUM(I3:I50)</f>
       </c>
       <c r="J51" s="5" t="str">
         <f>SUM(J3:J50)</f>
       </c>
       <c r="K51" s="5" t="str">
         <f>SUM(K3:K50)</f>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="E4" r:id="rId4"/>
     <hyperlink ref="F4" r:id="rId5"/>