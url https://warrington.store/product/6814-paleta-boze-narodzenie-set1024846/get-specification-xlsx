--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="svg" ContentType="image/svg"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="emz" ContentType="image/x-emz"/>
-  <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="svg" ContentType="image/svg"/>
+  <Default Extension="tiff" ContentType="image/tiff"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="emz" ContentType="image/x-emz"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -2223,51 +2223,51 @@
       <c r="K2" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" ht="80" customHeight="true">
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="2">
         <v>2</v>
       </c>
       <c r="H3" s="2">
         <v>2232</v>
       </c>
       <c r="I3" s="5">
-        <v>154.76</v>
+        <v>187.01</v>
       </c>
       <c r="J3" s="5">
         <v>22.44</v>
       </c>
       <c r="K3" s="5">
         <v>11.22</v>
       </c>
     </row>
     <row r="4" ht="80" customHeight="true">
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>12</v>
       </c>
@@ -2283,51 +2283,51 @@
       <c r="K4" s="5">
         <v>2.32</v>
       </c>
     </row>
     <row r="5" ht="80" customHeight="true">
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2">
         <v>2</v>
       </c>
       <c r="H5" s="2">
         <v>1040</v>
       </c>
       <c r="I5" s="5">
-        <v>80.03</v>
+        <v>113.63</v>
       </c>
       <c r="J5" s="5">
         <v>13.64</v>
       </c>
       <c r="K5" s="5">
         <v>6.82</v>
       </c>
     </row>
     <row r="6" ht="80" customHeight="true">
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="2">
         <v>15</v>
       </c>
@@ -2403,51 +2403,51 @@
       <c r="K8" s="5">
         <v>1.66</v>
       </c>
     </row>
     <row r="9" ht="80" customHeight="true">
       <c r="B9" s="2"/>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="2">
         <v>1</v>
       </c>
       <c r="H9" s="2">
         <v>650</v>
       </c>
       <c r="I9" s="5">
-        <v>82.1</v>
+        <v>143.18</v>
       </c>
       <c r="J9" s="5">
         <v>8.59</v>
       </c>
       <c r="K9" s="5">
         <v>8.59</v>
       </c>
     </row>
     <row r="10" ht="80" customHeight="true">
       <c r="B10" s="2"/>
       <c r="C10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="2">
         <v>2</v>
       </c>
@@ -2763,81 +2763,81 @@
       <c r="K20" s="5">
         <v>2.11</v>
       </c>
     </row>
     <row r="21" ht="80" customHeight="true">
       <c r="B21" s="2"/>
       <c r="C21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G21" s="2">
         <v>1</v>
       </c>
       <c r="H21" s="2">
         <v>570</v>
       </c>
       <c r="I21" s="5">
-        <v>90.14</v>
+        <v>109.42</v>
       </c>
       <c r="J21" s="5">
         <v>6.57</v>
       </c>
       <c r="K21" s="5">
         <v>6.57</v>
       </c>
     </row>
     <row r="22" ht="80" customHeight="true">
       <c r="B22" s="2"/>
       <c r="C22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>50</v>
       </c>
       <c r="G22" s="2">
         <v>1</v>
       </c>
       <c r="H22" s="2">
         <v>470</v>
       </c>
       <c r="I22" s="5">
-        <v>95.48</v>
+        <v>138.72</v>
       </c>
       <c r="J22" s="5">
         <v>8.34</v>
       </c>
       <c r="K22" s="5">
         <v>8.34</v>
       </c>
     </row>
     <row r="23" ht="80" customHeight="true">
       <c r="B23" s="2"/>
       <c r="C23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="G23" s="2">
         <v>1</v>
       </c>
@@ -2913,51 +2913,51 @@
       <c r="K25" s="5">
         <v>8.5</v>
       </c>
     </row>
     <row r="26" ht="80" customHeight="true">
       <c r="B26" s="2"/>
       <c r="C26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>58</v>
       </c>
       <c r="G26" s="2">
         <v>7</v>
       </c>
       <c r="H26" s="2">
         <v>500</v>
       </c>
       <c r="I26" s="5">
-        <v>52.16</v>
+        <v>71.53</v>
       </c>
       <c r="J26" s="5">
         <v>30.06</v>
       </c>
       <c r="K26" s="5">
         <v>4.29</v>
       </c>
     </row>
     <row r="27" ht="80" customHeight="true">
       <c r="B27" s="2"/>
       <c r="C27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>60</v>
       </c>
       <c r="G27" s="2">
         <v>1</v>
       </c>
@@ -3003,51 +3003,51 @@
       <c r="K28" s="5">
         <v>4.76</v>
       </c>
     </row>
     <row r="29" ht="80" customHeight="true">
       <c r="B29" s="2"/>
       <c r="C29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G29" s="2">
         <v>8</v>
       </c>
       <c r="H29" s="2">
         <v>120</v>
       </c>
       <c r="I29" s="5">
-        <v>29.93</v>
+        <v>31.49</v>
       </c>
       <c r="J29" s="5">
         <v>15.11</v>
       </c>
       <c r="K29" s="5">
         <v>1.89</v>
       </c>
     </row>
     <row r="30" ht="80" customHeight="true">
       <c r="B30" s="2"/>
       <c r="C30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>66</v>
       </c>
       <c r="G30" s="2">
         <v>1</v>
       </c>
@@ -3183,51 +3183,51 @@
       <c r="K34" s="5">
         <v>7.7</v>
       </c>
     </row>
     <row r="35" ht="80" customHeight="true">
       <c r="B35" s="2"/>
       <c r="C35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>76</v>
       </c>
       <c r="G35" s="2">
         <v>1</v>
       </c>
       <c r="H35" s="2">
         <v>430</v>
       </c>
       <c r="I35" s="5">
-        <v>104.62</v>
+        <v>151.98</v>
       </c>
       <c r="J35" s="5">
         <v>9.14</v>
       </c>
       <c r="K35" s="5">
         <v>9.14</v>
       </c>
     </row>
     <row r="36" ht="80" customHeight="true">
       <c r="B36" s="2"/>
       <c r="C36" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>78</v>
       </c>
       <c r="G36" s="2">
         <v>1</v>
       </c>
@@ -3363,141 +3363,141 @@
       <c r="K40" s="5">
         <v>7.11</v>
       </c>
     </row>
     <row r="41" ht="80" customHeight="true">
       <c r="B41" s="2"/>
       <c r="C41" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>88</v>
       </c>
       <c r="G41" s="2">
         <v>1</v>
       </c>
       <c r="H41" s="2">
         <v>990</v>
       </c>
       <c r="I41" s="5">
-        <v>64.08</v>
+        <v>54.56</v>
       </c>
       <c r="J41" s="5">
         <v>3.28</v>
       </c>
       <c r="K41" s="5">
         <v>3.28</v>
       </c>
     </row>
     <row r="42" ht="80" customHeight="true">
       <c r="B42" s="2"/>
       <c r="C42" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G42" s="2">
         <v>3</v>
       </c>
       <c r="H42" s="2">
         <v>210</v>
       </c>
       <c r="I42" s="5">
-        <v>21.18</v>
+        <v>73.42</v>
       </c>
       <c r="J42" s="5">
         <v>13.22</v>
       </c>
       <c r="K42" s="5">
         <v>4.41</v>
       </c>
     </row>
     <row r="43" ht="80" customHeight="true">
       <c r="B43" s="2"/>
       <c r="C43" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>92</v>
       </c>
       <c r="G43" s="2">
         <v>2</v>
       </c>
       <c r="H43" s="2">
         <v>160</v>
       </c>
       <c r="I43" s="5">
-        <v>40.63</v>
+        <v>31.49</v>
       </c>
       <c r="J43" s="5">
         <v>3.79</v>
       </c>
       <c r="K43" s="5">
         <v>1.9</v>
       </c>
     </row>
     <row r="44" ht="80" customHeight="true">
       <c r="B44" s="2"/>
       <c r="C44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>94</v>
       </c>
       <c r="G44" s="2">
         <v>6</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="5">
-        <v>28.25</v>
+        <v>25.22</v>
       </c>
       <c r="J44" s="5">
         <v>9.09</v>
       </c>
       <c r="K44" s="5">
         <v>1.52</v>
       </c>
     </row>
     <row r="45" ht="80" customHeight="true">
       <c r="B45" s="2"/>
       <c r="C45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>96</v>
       </c>
       <c r="G45" s="2">
         <v>4</v>
       </c>
@@ -3513,51 +3513,51 @@
       <c r="K45" s="5">
         <v>3.18</v>
       </c>
     </row>
     <row r="46" ht="80" customHeight="true">
       <c r="B46" s="2"/>
       <c r="C46" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>98</v>
       </c>
       <c r="G46" s="2">
         <v>2</v>
       </c>
       <c r="H46" s="2">
         <v>240</v>
       </c>
       <c r="I46" s="5">
-        <v>41.72</v>
+        <v>52.12</v>
       </c>
       <c r="J46" s="5">
         <v>6.27</v>
       </c>
       <c r="K46" s="5">
         <v>3.14</v>
       </c>
     </row>
     <row r="47" ht="80" customHeight="true">
       <c r="B47" s="2"/>
       <c r="C47" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>100</v>
       </c>
       <c r="G47" s="2">
         <v>8</v>
       </c>
@@ -3573,51 +3573,51 @@
       <c r="K47" s="5">
         <v>2.86</v>
       </c>
     </row>
     <row r="48" ht="80" customHeight="true">
       <c r="B48" s="2"/>
       <c r="C48" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>102</v>
       </c>
       <c r="G48" s="2">
         <v>1</v>
       </c>
       <c r="H48" s="2">
         <v>220</v>
       </c>
       <c r="I48" s="5">
-        <v>30.86</v>
+        <v>16.71</v>
       </c>
       <c r="J48" s="5">
         <v>1.01</v>
       </c>
       <c r="K48" s="5">
         <v>1.01</v>
       </c>
     </row>
     <row r="49">
       <c r="G49" s="2" t="str">
         <f>SUM(G3:G48)</f>
       </c>
       <c r="H49" s="2" t="str">
         <f>SUM(H3:H48)</f>
       </c>
       <c r="I49" s="5" t="str">
         <f>SUM(I3:I48)</f>
       </c>
       <c r="J49" s="5" t="str">
         <f>SUM(J3:J48)</f>
       </c>
       <c r="K49" s="5" t="str">
         <f>SUM(K3:K48)</f>
       </c>
     </row>