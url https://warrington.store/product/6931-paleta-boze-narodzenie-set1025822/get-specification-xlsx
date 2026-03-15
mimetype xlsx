--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
-[...1 lines deleted...]
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="svg" ContentType="image/svg"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="emz" ContentType="image/x-emz"/>
   <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
-  <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="svg" ContentType="image/svg"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -776,234 +776,234 @@
       <c r="K2" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" ht="80" customHeight="true">
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="2">
         <v>23</v>
       </c>
       <c r="H3" s="2">
         <v>230</v>
       </c>
       <c r="I3" s="5">
-        <v>24.04</v>
+        <v>24.1</v>
       </c>
       <c r="J3" s="5">
-        <v>27.66</v>
+        <v>27.73</v>
       </c>
       <c r="K3" s="5">
-        <v>1.2</v>
+        <v>1.21</v>
       </c>
     </row>
     <row r="4" ht="80" customHeight="true">
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>1</v>
       </c>
       <c r="H4" s="2">
         <v>300</v>
       </c>
       <c r="I4" s="5">
-        <v>33.93</v>
+        <v>34.01</v>
       </c>
       <c r="J4" s="5">
-        <v>1.68</v>
+        <v>1.69</v>
       </c>
       <c r="K4" s="5">
-        <v>1.68</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="5" ht="80" customHeight="true">
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2">
         <v>13</v>
       </c>
       <c r="H5" s="2">
         <v>240</v>
       </c>
       <c r="I5" s="5">
-        <v>25.51</v>
+        <v>58.11</v>
       </c>
       <c r="J5" s="5">
-        <v>37.68</v>
+        <v>37.77</v>
       </c>
       <c r="K5" s="5">
-        <v>2.9</v>
+        <v>2.91</v>
       </c>
     </row>
     <row r="6" ht="80" customHeight="true">
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="2">
         <v>33</v>
       </c>
       <c r="H6" s="2">
         <v>240</v>
       </c>
       <c r="I6" s="5">
-        <v>28.25</v>
+        <v>29.88</v>
       </c>
       <c r="J6" s="5">
-        <v>49.17</v>
+        <v>49.29</v>
       </c>
       <c r="K6" s="5">
         <v>1.49</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>77</v>
       </c>
       <c r="H7" s="2">
         <v>240</v>
       </c>
       <c r="I7" s="5">
-        <v>28.25</v>
+        <v>32.03</v>
       </c>
       <c r="J7" s="5">
-        <v>123.02</v>
+        <v>123.31</v>
       </c>
       <c r="K7" s="5">
         <v>1.6</v>
       </c>
     </row>
     <row r="8" ht="80" customHeight="true">
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
         <v>79</v>
       </c>
       <c r="H8" s="2">
         <v>240</v>
       </c>
       <c r="I8" s="5">
-        <v>31.11</v>
+        <v>27.94</v>
       </c>
       <c r="J8" s="5">
-        <v>110.09</v>
+        <v>110.35</v>
       </c>
       <c r="K8" s="5">
-        <v>1.39</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="9" ht="80" customHeight="true">
       <c r="B9" s="2"/>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="2">
         <v>78</v>
       </c>
       <c r="H9" s="2">
         <v>240</v>
       </c>
       <c r="I9" s="5">
-        <v>28.25</v>
+        <v>31.86</v>
       </c>
       <c r="J9" s="5">
-        <v>123.98</v>
+        <v>124.28</v>
       </c>
       <c r="K9" s="5">
         <v>1.59</v>
       </c>
     </row>
     <row r="10">
       <c r="G10" s="2" t="str">
         <f>SUM(G3:G9)</f>
       </c>
       <c r="H10" s="2" t="str">
         <f>SUM(H3:H9)</f>
       </c>
       <c r="I10" s="5" t="str">
         <f>SUM(I3:I9)</f>
       </c>
       <c r="J10" s="5" t="str">
         <f>SUM(J3:J9)</f>
       </c>
       <c r="K10" s="5" t="str">
         <f>SUM(K3:K9)</f>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId2"/>