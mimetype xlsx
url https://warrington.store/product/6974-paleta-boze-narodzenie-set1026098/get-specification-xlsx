--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="emz" ContentType="image/x-emz"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="svg" ContentType="image/svg"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
@@ -2141,81 +2141,81 @@
       <c r="K2" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" ht="80" customHeight="true">
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="2">
         <v>2</v>
       </c>
       <c r="H3" s="2">
         <v>1020</v>
       </c>
       <c r="I3" s="5">
-        <v>71.49</v>
+        <v>123.23</v>
       </c>
       <c r="J3" s="5">
         <v>17.26</v>
       </c>
       <c r="K3" s="5">
         <v>8.63</v>
       </c>
     </row>
     <row r="4" ht="80" customHeight="true">
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>8</v>
       </c>
       <c r="H4" s="2">
         <v>240</v>
       </c>
       <c r="I4" s="5">
-        <v>24.71</v>
+        <v>52.12</v>
       </c>
       <c r="J4" s="5">
         <v>29.18</v>
       </c>
       <c r="K4" s="5">
         <v>3.65</v>
       </c>
     </row>
     <row r="5" ht="80" customHeight="true">
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2">
         <v>6</v>
       </c>
@@ -2231,51 +2231,51 @@
       <c r="K5" s="5">
         <v>3.34</v>
       </c>
     </row>
     <row r="6" ht="80" customHeight="true">
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="2">
         <v>4</v>
       </c>
       <c r="H6" s="2">
         <v>220</v>
       </c>
       <c r="I6" s="5">
-        <v>30.86</v>
+        <v>16.71</v>
       </c>
       <c r="J6" s="5">
         <v>4.67</v>
       </c>
       <c r="K6" s="5">
         <v>1.17</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>1</v>
       </c>
@@ -2411,51 +2411,51 @@
       <c r="K11" s="5">
         <v>7.41</v>
       </c>
     </row>
     <row r="12" ht="80" customHeight="true">
       <c r="B12" s="2"/>
       <c r="C12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="G12" s="2">
         <v>3</v>
       </c>
       <c r="H12" s="2">
         <v>1870</v>
       </c>
       <c r="I12" s="5">
-        <v>75.78</v>
+        <v>446.09</v>
       </c>
       <c r="J12" s="5">
         <v>93.67</v>
       </c>
       <c r="K12" s="5">
         <v>31.22</v>
       </c>
     </row>
     <row r="13" ht="80" customHeight="true">
       <c r="B13" s="2"/>
       <c r="C13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>33</v>
       </c>
       <c r="G13" s="2">
         <v>1</v>
       </c>
@@ -2831,51 +2831,51 @@
       <c r="K25" s="5">
         <v>3.7</v>
       </c>
     </row>
     <row r="26" ht="80" customHeight="true">
       <c r="B26" s="2"/>
       <c r="C26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>58</v>
       </c>
       <c r="G26" s="2">
         <v>1</v>
       </c>
       <c r="H26" s="2">
         <v>490</v>
       </c>
       <c r="I26" s="5">
-        <v>75.19</v>
+        <v>154</v>
       </c>
       <c r="J26" s="5">
         <v>10.78</v>
       </c>
       <c r="K26" s="5">
         <v>10.78</v>
       </c>
     </row>
     <row r="27" ht="80" customHeight="true">
       <c r="B27" s="2"/>
       <c r="C27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>60</v>
       </c>
       <c r="G27" s="2">
         <v>1</v>
       </c>
@@ -3071,111 +3071,111 @@
       <c r="K33" s="5">
         <v>3.2</v>
       </c>
     </row>
     <row r="34" ht="80" customHeight="true">
       <c r="B34" s="2"/>
       <c r="C34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>74</v>
       </c>
       <c r="G34" s="2">
         <v>3</v>
       </c>
       <c r="H34" s="2">
         <v>399</v>
       </c>
       <c r="I34" s="5">
-        <v>84.2</v>
+        <v>122.05</v>
       </c>
       <c r="J34" s="5">
         <v>25.64</v>
       </c>
       <c r="K34" s="5">
         <v>8.55</v>
       </c>
     </row>
     <row r="35" ht="80" customHeight="true">
       <c r="B35" s="2"/>
       <c r="C35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>76</v>
       </c>
       <c r="G35" s="2">
         <v>2</v>
       </c>
       <c r="H35" s="2">
         <v>454</v>
       </c>
       <c r="I35" s="5">
-        <v>82.05</v>
+        <v>96.79</v>
       </c>
       <c r="J35" s="5">
         <v>13.56</v>
       </c>
       <c r="K35" s="5">
         <v>6.78</v>
       </c>
     </row>
     <row r="36" ht="80" customHeight="true">
       <c r="B36" s="2"/>
       <c r="C36" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>78</v>
       </c>
       <c r="G36" s="2">
         <v>3</v>
       </c>
       <c r="H36" s="2">
         <v>912</v>
       </c>
       <c r="I36" s="5">
-        <v>141.75</v>
+        <v>382.73</v>
       </c>
       <c r="J36" s="5">
         <v>80.37</v>
       </c>
       <c r="K36" s="5">
         <v>26.79</v>
       </c>
     </row>
     <row r="37" ht="80" customHeight="true">
       <c r="B37" s="2"/>
       <c r="C37" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>80</v>
       </c>
       <c r="G37" s="2">
         <v>2</v>
       </c>
@@ -3221,51 +3221,51 @@
       <c r="K38" s="5">
         <v>10.65</v>
       </c>
     </row>
     <row r="39" ht="80" customHeight="true">
       <c r="B39" s="2"/>
       <c r="C39" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>84</v>
       </c>
       <c r="G39" s="2">
         <v>1</v>
       </c>
       <c r="H39" s="2">
         <v>850</v>
       </c>
       <c r="I39" s="5">
-        <v>56.58</v>
+        <v>71.86</v>
       </c>
       <c r="J39" s="5">
         <v>5.01</v>
       </c>
       <c r="K39" s="5">
         <v>5.01</v>
       </c>
     </row>
     <row r="40" ht="80" customHeight="true">
       <c r="B40" s="2"/>
       <c r="C40" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>86</v>
       </c>
       <c r="G40" s="2">
         <v>8</v>
       </c>
@@ -3341,81 +3341,81 @@
       <c r="K42" s="5">
         <v>5.18</v>
       </c>
     </row>
     <row r="43" ht="80" customHeight="true">
       <c r="B43" s="2"/>
       <c r="C43" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>92</v>
       </c>
       <c r="G43" s="2">
         <v>6</v>
       </c>
       <c r="H43" s="2">
         <v>160</v>
       </c>
       <c r="I43" s="5">
-        <v>40.63</v>
+        <v>31.49</v>
       </c>
       <c r="J43" s="5">
         <v>13.22</v>
       </c>
       <c r="K43" s="5">
         <v>2.2</v>
       </c>
     </row>
     <row r="44" ht="80" customHeight="true">
       <c r="B44" s="2"/>
       <c r="C44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>94</v>
       </c>
       <c r="G44" s="2">
         <v>1</v>
       </c>
       <c r="H44" s="2">
         <v>340</v>
       </c>
       <c r="I44" s="5">
-        <v>75.78</v>
+        <v>78.52</v>
       </c>
       <c r="J44" s="5">
         <v>5.52</v>
       </c>
       <c r="K44" s="5">
         <v>5.52</v>
       </c>
     </row>
     <row r="45" ht="80" customHeight="true">
       <c r="B45" s="2"/>
       <c r="C45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>96</v>
       </c>
       <c r="G45" s="2">
         <v>1</v>
       </c>