--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="emz" ContentType="image/x-emz"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="tiff" ContentType="image/tiff"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="wmz" ContentType="image/x-wmz"/>
+  <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="svg" ContentType="image/svg"/>
-  <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
-[...4 lines deleted...]
-  <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -2072,81 +2072,81 @@
       <c r="K6" s="5">
         <v>6.36</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>4</v>
       </c>
       <c r="H7" s="2">
         <v>940</v>
       </c>
       <c r="I7" s="5">
-        <v>274.79</v>
+        <v>384.58</v>
       </c>
       <c r="J7" s="5">
         <v>184.61</v>
       </c>
       <c r="K7" s="5">
         <v>46.15</v>
       </c>
     </row>
     <row r="8" ht="80" customHeight="true">
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
         <v>2</v>
       </c>
       <c r="H8" s="2">
         <v>6830</v>
       </c>
       <c r="I8" s="5">
-        <v>141.5</v>
+        <v>133.46</v>
       </c>
       <c r="J8" s="5">
         <v>32.04</v>
       </c>
       <c r="K8" s="5">
         <v>16.02</v>
       </c>
     </row>
     <row r="9" ht="80" customHeight="true">
       <c r="B9" s="2"/>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="2">
         <v>10</v>
       </c>
@@ -2252,111 +2252,111 @@
       <c r="K12" s="5">
         <v>12.29</v>
       </c>
     </row>
     <row r="13" ht="80" customHeight="true">
       <c r="B13" s="2"/>
       <c r="C13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>33</v>
       </c>
       <c r="G13" s="2">
         <v>1</v>
       </c>
       <c r="H13" s="2">
         <v>150</v>
       </c>
       <c r="I13" s="5">
-        <v>90.43</v>
+        <v>129.37</v>
       </c>
       <c r="J13" s="5">
         <v>15.53</v>
       </c>
       <c r="K13" s="5">
         <v>15.53</v>
       </c>
     </row>
     <row r="14" ht="80" customHeight="true">
       <c r="B14" s="2"/>
       <c r="C14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>35</v>
       </c>
       <c r="G14" s="2">
         <v>1</v>
       </c>
       <c r="H14" s="2">
         <v>19600</v>
       </c>
       <c r="I14" s="5">
-        <v>283</v>
+        <v>328.3</v>
       </c>
       <c r="J14" s="5">
         <v>39.41</v>
       </c>
       <c r="K14" s="5">
         <v>39.41</v>
       </c>
     </row>
     <row r="15" ht="80" customHeight="true">
       <c r="B15" s="2"/>
       <c r="C15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>37</v>
       </c>
       <c r="G15" s="2">
         <v>1</v>
       </c>
       <c r="H15" s="2">
         <v>172</v>
       </c>
       <c r="I15" s="5">
-        <v>69.55</v>
+        <v>53.85</v>
       </c>
       <c r="J15" s="5">
         <v>6.44</v>
       </c>
       <c r="K15" s="5">
         <v>6.44</v>
       </c>
     </row>
     <row r="16" ht="80" customHeight="true">
       <c r="B16" s="2"/>
       <c r="C16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>39</v>
       </c>
       <c r="G16" s="2">
         <v>1</v>
       </c>
@@ -2462,171 +2462,171 @@
       <c r="K19" s="5">
         <v>8.59</v>
       </c>
     </row>
     <row r="20">
       <c r="B20" s="2"/>
       <c r="C20" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G20" s="2">
         <v>4</v>
       </c>
       <c r="H20" s="2">
         <v>110</v>
       </c>
       <c r="I20" s="5">
-        <v>41.72</v>
+        <v>75.74</v>
       </c>
       <c r="J20" s="5">
         <v>36.37</v>
       </c>
       <c r="K20" s="5">
         <v>9.09</v>
       </c>
     </row>
     <row r="21" ht="80" customHeight="true">
       <c r="B21" s="2"/>
       <c r="C21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="G21" s="2">
         <v>1</v>
       </c>
       <c r="H21" s="2">
         <v>190</v>
       </c>
       <c r="I21" s="5">
-        <v>126.97</v>
+        <v>156.11</v>
       </c>
       <c r="J21" s="5">
         <v>18.73</v>
       </c>
       <c r="K21" s="5">
         <v>18.73</v>
       </c>
     </row>
     <row r="22" ht="80" customHeight="true">
       <c r="B22" s="2"/>
       <c r="C22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G22" s="2">
         <v>1</v>
       </c>
       <c r="H22" s="2">
         <v>82</v>
       </c>
       <c r="I22" s="5">
-        <v>76.07</v>
+        <v>83.78</v>
       </c>
       <c r="J22" s="5">
         <v>10.06</v>
       </c>
       <c r="K22" s="5">
         <v>10.06</v>
       </c>
     </row>
     <row r="23" ht="80" customHeight="true">
       <c r="B23" s="2"/>
       <c r="C23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>53</v>
       </c>
       <c r="G23" s="2">
         <v>1</v>
       </c>
       <c r="H23" s="2">
         <v>810</v>
       </c>
       <c r="I23" s="5">
-        <v>89.97</v>
+        <v>105.21</v>
       </c>
       <c r="J23" s="5">
         <v>12.63</v>
       </c>
       <c r="K23" s="5">
         <v>12.63</v>
       </c>
     </row>
     <row r="24" ht="80" customHeight="true">
       <c r="B24" s="2"/>
       <c r="C24" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>55</v>
       </c>
       <c r="G24" s="2">
         <v>1</v>
       </c>
       <c r="H24" s="2">
         <v>1220</v>
       </c>
       <c r="I24" s="5">
-        <v>89.67</v>
+        <v>155.73</v>
       </c>
       <c r="J24" s="5">
         <v>18.69</v>
       </c>
       <c r="K24" s="5">
         <v>18.69</v>
       </c>
     </row>
     <row r="25" ht="80" customHeight="true">
       <c r="B25" s="2"/>
       <c r="C25" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>57</v>
       </c>
       <c r="G25" s="2">
         <v>1</v>
       </c>
@@ -2642,51 +2642,51 @@
       <c r="K25" s="5">
         <v>8.59</v>
       </c>
     </row>
     <row r="26">
       <c r="B26" s="2"/>
       <c r="C26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>59</v>
       </c>
       <c r="G26" s="2">
         <v>7</v>
       </c>
       <c r="H26" s="2">
         <v>120</v>
       </c>
       <c r="I26" s="5">
-        <v>28.04</v>
+        <v>62.98</v>
       </c>
       <c r="J26" s="5">
         <v>52.92</v>
       </c>
       <c r="K26" s="5">
         <v>7.56</v>
       </c>
     </row>
     <row r="27" ht="80" customHeight="true">
       <c r="B27" s="2"/>
       <c r="C27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>61</v>
       </c>
       <c r="G27" s="2">
         <v>1</v>
       </c>
@@ -2762,51 +2762,51 @@
       <c r="K29" s="5">
         <v>17.93</v>
       </c>
     </row>
     <row r="30" ht="80" customHeight="true">
       <c r="B30" s="2"/>
       <c r="C30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G30" s="2">
         <v>2</v>
       </c>
       <c r="H30" s="2">
         <v>1361</v>
       </c>
       <c r="I30" s="5">
-        <v>90.18</v>
+        <v>86.77</v>
       </c>
       <c r="J30" s="5">
         <v>20.84</v>
       </c>
       <c r="K30" s="5">
         <v>10.42</v>
       </c>
     </row>
     <row r="31">
       <c r="B31" s="2"/>
       <c r="C31" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>69</v>
       </c>
       <c r="G31" s="2">
         <v>2</v>
       </c>
@@ -2822,51 +2822,51 @@
       <c r="K31" s="5">
         <v>9.12</v>
       </c>
     </row>
     <row r="32" ht="80" customHeight="true">
       <c r="B32" s="2"/>
       <c r="C32" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>71</v>
       </c>
       <c r="G32" s="2">
         <v>1</v>
       </c>
       <c r="H32" s="2">
         <v>8490</v>
       </c>
       <c r="I32" s="5">
-        <v>347.96</v>
+        <v>262.41</v>
       </c>
       <c r="J32" s="5">
         <v>31.49</v>
       </c>
       <c r="K32" s="5">
         <v>31.49</v>
       </c>
     </row>
     <row r="33" ht="80" customHeight="true">
       <c r="B33" s="2"/>
       <c r="C33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>73</v>
       </c>
       <c r="G33" s="2">
         <v>1</v>
       </c>
@@ -2882,51 +2882,51 @@
       <c r="K33" s="5">
         <v>5.98</v>
       </c>
     </row>
     <row r="34" ht="80" customHeight="true">
       <c r="B34" s="2"/>
       <c r="C34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>75</v>
       </c>
       <c r="G34" s="2">
         <v>2</v>
       </c>
       <c r="H34" s="2">
         <v>460</v>
       </c>
       <c r="I34" s="5">
-        <v>48.71</v>
+        <v>29.34</v>
       </c>
       <c r="J34" s="5">
         <v>7.03</v>
       </c>
       <c r="K34" s="5">
         <v>3.52</v>
       </c>
     </row>
     <row r="35" ht="80" customHeight="true">
       <c r="B35" s="2"/>
       <c r="C35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>77</v>
       </c>
       <c r="G35" s="2">
         <v>1</v>
       </c>
@@ -2972,81 +2972,81 @@
       <c r="K36" s="5">
         <v>5.85</v>
       </c>
     </row>
     <row r="37" ht="80" customHeight="true">
       <c r="B37" s="2"/>
       <c r="C37" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>81</v>
       </c>
       <c r="G37" s="2">
         <v>1</v>
       </c>
       <c r="H37" s="2">
         <v>50</v>
       </c>
       <c r="I37" s="5">
-        <v>35.87</v>
+        <v>19.58</v>
       </c>
       <c r="J37" s="5">
         <v>2.36</v>
       </c>
       <c r="K37" s="5">
         <v>2.36</v>
       </c>
     </row>
     <row r="38" ht="80" customHeight="true">
       <c r="B38" s="2"/>
       <c r="C38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>83</v>
       </c>
       <c r="G38" s="2">
         <v>1</v>
       </c>
       <c r="H38" s="2">
         <v>300</v>
       </c>
       <c r="I38" s="5">
-        <v>103.48</v>
+        <v>147.31</v>
       </c>
       <c r="J38" s="5">
         <v>17.68</v>
       </c>
       <c r="K38" s="5">
         <v>17.68</v>
       </c>
     </row>
     <row r="39" ht="80" customHeight="true">
       <c r="B39" s="2"/>
       <c r="C39" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>85</v>
       </c>
       <c r="G39" s="2">
         <v>1</v>
       </c>
@@ -3152,81 +3152,81 @@
       <c r="K42" s="5">
         <v>13.26</v>
       </c>
     </row>
     <row r="43" ht="80" customHeight="true">
       <c r="B43" s="2"/>
       <c r="C43" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>93</v>
       </c>
       <c r="G43" s="2">
         <v>1</v>
       </c>
       <c r="H43" s="2">
         <v>1120</v>
       </c>
       <c r="I43" s="5">
-        <v>68.29</v>
+        <v>85.17</v>
       </c>
       <c r="J43" s="5">
         <v>10.23</v>
       </c>
       <c r="K43" s="5">
         <v>10.23</v>
       </c>
     </row>
     <row r="44" ht="80" customHeight="true">
       <c r="B44" s="2"/>
       <c r="C44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>95</v>
       </c>
       <c r="G44" s="2">
         <v>1</v>
       </c>
       <c r="H44" s="2">
         <v>2870</v>
       </c>
       <c r="I44" s="5">
-        <v>138</v>
+        <v>160.65</v>
       </c>
       <c r="J44" s="5">
         <v>19.28</v>
       </c>
       <c r="K44" s="5">
         <v>19.28</v>
       </c>
     </row>
     <row r="45" ht="80" customHeight="true">
       <c r="B45" s="2"/>
       <c r="C45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>97</v>
       </c>
       <c r="G45" s="2">
         <v>1</v>
       </c>