--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="tiff" ContentType="image/tiff"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="svg" ContentType="image/svg"/>
-  <Default Extension="tiff" ContentType="image/tiff"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="emz" ContentType="image/x-emz"/>
-  <Default Extension="gif" ContentType="image/gif"/>
-[...1 lines deleted...]
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -1192,51 +1192,51 @@
       <c r="K2" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" ht="80" customHeight="true">
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="2">
         <v>4</v>
       </c>
       <c r="H3" s="2">
         <v>9840</v>
       </c>
       <c r="I3" s="5">
-        <v>427.69</v>
+        <v>547.26</v>
       </c>
       <c r="J3" s="5">
         <v>317.39</v>
       </c>
       <c r="K3" s="5">
         <v>79.35</v>
       </c>
     </row>
     <row r="4" ht="80" customHeight="true">
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>1</v>
       </c>
@@ -1282,171 +1282,171 @@
       <c r="K5" s="5">
         <v>14.48</v>
       </c>
     </row>
     <row r="6" ht="80" customHeight="true">
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="2">
         <v>1</v>
       </c>
       <c r="H6" s="2">
         <v>1560</v>
       </c>
       <c r="I6" s="5">
-        <v>144.23</v>
+        <v>180.99</v>
       </c>
       <c r="J6" s="5">
         <v>26.23</v>
       </c>
       <c r="K6" s="5">
         <v>26.23</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>1</v>
       </c>
       <c r="H7" s="2">
         <v>2980</v>
       </c>
       <c r="I7" s="5">
-        <v>186.84</v>
+        <v>231.51</v>
       </c>
       <c r="J7" s="5">
         <v>33.55</v>
       </c>
       <c r="K7" s="5">
         <v>33.55</v>
       </c>
     </row>
     <row r="8" ht="80" customHeight="true">
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
         <v>1</v>
       </c>
       <c r="H8" s="2">
         <v>230</v>
       </c>
       <c r="I8" s="5">
-        <v>95.78</v>
+        <v>116.49</v>
       </c>
       <c r="J8" s="5">
         <v>16.88</v>
       </c>
       <c r="K8" s="5">
         <v>16.88</v>
       </c>
     </row>
     <row r="9" ht="80" customHeight="true">
       <c r="B9" s="2"/>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="2">
         <v>1</v>
       </c>
       <c r="H9" s="2">
         <v>50</v>
       </c>
       <c r="I9" s="5">
-        <v>55.19</v>
+        <v>71.86</v>
       </c>
       <c r="J9" s="5">
         <v>10.44</v>
       </c>
       <c r="K9" s="5">
         <v>10.44</v>
       </c>
     </row>
     <row r="10" ht="80" customHeight="true">
       <c r="B10" s="2"/>
       <c r="C10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="2">
         <v>3</v>
       </c>
       <c r="H10" s="2">
         <v>170</v>
       </c>
       <c r="I10" s="5">
-        <v>46.9</v>
+        <v>67.32</v>
       </c>
       <c r="J10" s="5">
         <v>29.3</v>
       </c>
       <c r="K10" s="5">
         <v>9.77</v>
       </c>
     </row>
     <row r="11" ht="80" customHeight="true">
       <c r="B11" s="2"/>
       <c r="C11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>29</v>
       </c>
       <c r="G11" s="2">
         <v>1</v>
       </c>
@@ -1462,51 +1462,51 @@
       <c r="K11" s="5">
         <v>35.91</v>
       </c>
     </row>
     <row r="12" ht="80" customHeight="true">
       <c r="B12" s="2"/>
       <c r="C12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="G12" s="2">
         <v>1</v>
       </c>
       <c r="H12" s="2">
         <v>13410</v>
       </c>
       <c r="I12" s="5">
-        <v>241.53</v>
+        <v>185.32</v>
       </c>
       <c r="J12" s="5">
         <v>26.86</v>
       </c>
       <c r="K12" s="5">
         <v>26.86</v>
       </c>
     </row>
     <row r="13" ht="80" customHeight="true">
       <c r="B13" s="2"/>
       <c r="C13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>33</v>
       </c>
       <c r="G13" s="2">
         <v>1</v>
       </c>
@@ -1642,111 +1642,111 @@
       <c r="K17" s="5">
         <v>5.14</v>
       </c>
     </row>
     <row r="18" ht="80" customHeight="true">
       <c r="B18" s="2"/>
       <c r="C18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G18" s="2">
         <v>1</v>
       </c>
       <c r="H18" s="2">
         <v>70</v>
       </c>
       <c r="I18" s="5">
-        <v>49.51</v>
+        <v>69.34</v>
       </c>
       <c r="J18" s="5">
         <v>10.06</v>
       </c>
       <c r="K18" s="5">
         <v>10.06</v>
       </c>
     </row>
     <row r="19" ht="80" customHeight="true">
       <c r="B19" s="2"/>
       <c r="C19" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G19" s="2">
         <v>1</v>
       </c>
       <c r="H19" s="2">
         <v>70</v>
       </c>
       <c r="I19" s="5">
-        <v>45.97</v>
+        <v>69.34</v>
       </c>
       <c r="J19" s="5">
         <v>10.06</v>
       </c>
       <c r="K19" s="5">
         <v>10.06</v>
       </c>
     </row>
     <row r="20" ht="80" customHeight="true">
       <c r="B20" s="2"/>
       <c r="C20" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G20" s="2">
         <v>1</v>
       </c>
       <c r="H20" s="2">
         <v>70</v>
       </c>
       <c r="I20" s="5">
-        <v>48.08</v>
+        <v>69.34</v>
       </c>
       <c r="J20" s="5">
         <v>10.06</v>
       </c>
       <c r="K20" s="5">
         <v>10.06</v>
       </c>
     </row>
     <row r="21">
       <c r="B21" s="2"/>
       <c r="C21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G21" s="2">
         <v>1</v>
       </c>
@@ -1762,51 +1762,51 @@
       <c r="K21" s="5">
         <v>4.29</v>
       </c>
     </row>
     <row r="22" ht="80" customHeight="true">
       <c r="B22" s="2"/>
       <c r="C22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>49</v>
       </c>
       <c r="G22" s="2">
         <v>5</v>
       </c>
       <c r="H22" s="2">
         <v>250</v>
       </c>
       <c r="I22" s="5">
-        <v>78.14</v>
+        <v>93</v>
       </c>
       <c r="J22" s="5">
         <v>67.44</v>
       </c>
       <c r="K22" s="5">
         <v>13.49</v>
       </c>
     </row>
     <row r="23" ht="80" customHeight="true">
       <c r="B23" s="2"/>
       <c r="C23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G23" s="2">
         <v>1</v>
       </c>
@@ -1852,51 +1852,51 @@
       <c r="K24" s="5">
         <v>6.48</v>
       </c>
     </row>
     <row r="25">
       <c r="B25" s="2"/>
       <c r="C25" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>55</v>
       </c>
       <c r="G25" s="2">
         <v>1</v>
       </c>
       <c r="H25" s="2">
         <v>800</v>
       </c>
       <c r="I25" s="5">
-        <v>79.32</v>
+        <v>79.61</v>
       </c>
       <c r="J25" s="5">
         <v>11.54</v>
       </c>
       <c r="K25" s="5">
         <v>11.54</v>
       </c>
     </row>
     <row r="26" ht="80" customHeight="true">
       <c r="B26" s="2"/>
       <c r="C26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>57</v>
       </c>
       <c r="G26" s="2">
         <v>1</v>
       </c>