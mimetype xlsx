--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="tiff" ContentType="image/tiff"/>
+  <Default Extension="emz" ContentType="image/x-emz"/>
+  <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="svg" ContentType="image/svg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="gif" ContentType="image/gif"/>
-  <Default Extension="svg" ContentType="image/svg"/>
-[...5 lines deleted...]
-  <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -1951,51 +1951,51 @@
       <c r="K2" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" ht="80" customHeight="true">
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="2">
         <v>1</v>
       </c>
       <c r="H3" s="2">
         <v>420</v>
       </c>
       <c r="I3" s="5">
-        <v>82.77</v>
+        <v>109.42</v>
       </c>
       <c r="J3" s="5">
         <v>12.04</v>
       </c>
       <c r="K3" s="5">
         <v>12.04</v>
       </c>
     </row>
     <row r="4" ht="80" customHeight="true">
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>6</v>
       </c>
@@ -2071,51 +2071,51 @@
       <c r="K6" s="5">
         <v>7.45</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>1</v>
       </c>
       <c r="H7" s="2">
         <v>300</v>
       </c>
       <c r="I7" s="5">
-        <v>79.99</v>
+        <v>89.08</v>
       </c>
       <c r="J7" s="5">
         <v>9.81</v>
       </c>
       <c r="K7" s="5">
         <v>9.81</v>
       </c>
     </row>
     <row r="8" ht="80" customHeight="true">
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
         <v>1</v>
       </c>
@@ -2371,51 +2371,51 @@
       <c r="K16" s="5">
         <v>7.79</v>
       </c>
     </row>
     <row r="17" ht="80" customHeight="true">
       <c r="B17" s="2"/>
       <c r="C17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>41</v>
       </c>
       <c r="G17" s="2">
         <v>1</v>
       </c>
       <c r="H17" s="2">
         <v>1040</v>
       </c>
       <c r="I17" s="5">
-        <v>81.34</v>
+        <v>113.63</v>
       </c>
       <c r="J17" s="5">
         <v>12.5</v>
       </c>
       <c r="K17" s="5">
         <v>12.5</v>
       </c>
     </row>
     <row r="18" ht="80" customHeight="true">
       <c r="B18" s="2"/>
       <c r="C18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G18" s="2">
         <v>1</v>
       </c>
@@ -2461,51 +2461,51 @@
       <c r="K19" s="5">
         <v>7.41</v>
       </c>
     </row>
     <row r="20" ht="80" customHeight="true">
       <c r="B20" s="2"/>
       <c r="C20" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G20" s="2">
         <v>2</v>
       </c>
       <c r="H20" s="2">
         <v>490</v>
       </c>
       <c r="I20" s="5">
-        <v>80.66</v>
+        <v>83.95</v>
       </c>
       <c r="J20" s="5">
         <v>18.48</v>
       </c>
       <c r="K20" s="5">
         <v>9.24</v>
       </c>
     </row>
     <row r="21" ht="80" customHeight="true">
       <c r="B21" s="2"/>
       <c r="C21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="G21" s="2">
         <v>24</v>
       </c>
@@ -2611,51 +2611,51 @@
       <c r="K24" s="5">
         <v>38.63</v>
       </c>
     </row>
     <row r="25" ht="80" customHeight="true">
       <c r="B25" s="2"/>
       <c r="C25" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>57</v>
       </c>
       <c r="G25" s="2">
         <v>1</v>
       </c>
       <c r="H25" s="2">
         <v>390</v>
       </c>
       <c r="I25" s="5">
-        <v>75.19</v>
+        <v>154</v>
       </c>
       <c r="J25" s="5">
         <v>16.92</v>
       </c>
       <c r="K25" s="5">
         <v>16.92</v>
       </c>
     </row>
     <row r="26" ht="80" customHeight="true">
       <c r="B26" s="2"/>
       <c r="C26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>59</v>
       </c>
       <c r="G26" s="2">
         <v>1</v>
       </c>
@@ -2851,51 +2851,51 @@
       <c r="K32" s="5">
         <v>5.7</v>
       </c>
     </row>
     <row r="33" ht="80" customHeight="true">
       <c r="B33" s="2"/>
       <c r="C33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>73</v>
       </c>
       <c r="G33" s="2">
         <v>11</v>
       </c>
       <c r="H33" s="2">
         <v>1030</v>
       </c>
       <c r="I33" s="5">
-        <v>76.33</v>
+        <v>105.21</v>
       </c>
       <c r="J33" s="5">
         <v>127.31</v>
       </c>
       <c r="K33" s="5">
         <v>11.57</v>
       </c>
     </row>
     <row r="34" ht="80" customHeight="true">
       <c r="B34" s="2"/>
       <c r="C34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>75</v>
       </c>
       <c r="G34" s="2">
         <v>1</v>
       </c>
@@ -2971,81 +2971,81 @@
       <c r="K36" s="5">
         <v>6.95</v>
       </c>
     </row>
     <row r="37" ht="80" customHeight="true">
       <c r="B37" s="2"/>
       <c r="C37" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>80</v>
       </c>
       <c r="G37" s="2">
         <v>5</v>
       </c>
       <c r="H37" s="2">
         <v>730</v>
       </c>
       <c r="I37" s="5">
-        <v>130.17</v>
+        <v>174.55</v>
       </c>
       <c r="J37" s="5">
         <v>95.99</v>
       </c>
       <c r="K37" s="5">
         <v>19.2</v>
       </c>
     </row>
     <row r="38" ht="80" customHeight="true">
       <c r="B38" s="2"/>
       <c r="C38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>82</v>
       </c>
       <c r="G38" s="2">
         <v>1</v>
       </c>
       <c r="H38" s="2">
         <v>630</v>
       </c>
       <c r="I38" s="5">
-        <v>138</v>
+        <v>219.13</v>
       </c>
       <c r="J38" s="5">
         <v>24.12</v>
       </c>
       <c r="K38" s="5">
         <v>24.12</v>
       </c>
     </row>
     <row r="39" ht="80" customHeight="true">
       <c r="B39" s="2"/>
       <c r="C39" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>84</v>
       </c>
       <c r="G39" s="2">
         <v>1</v>
       </c>