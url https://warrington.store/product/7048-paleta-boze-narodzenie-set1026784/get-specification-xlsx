--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="svg" ContentType="image/svg"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="emz" ContentType="image/x-emz"/>
   <Default Extension="wmz" ContentType="image/x-wmz"/>
-  <Default Extension="bmp" ContentType="image/bmp"/>
-[...1 lines deleted...]
-  <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -2460,51 +2460,51 @@
       <c r="K6" s="5">
         <v>4.5</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>1</v>
       </c>
       <c r="H7" s="2">
         <v>460</v>
       </c>
       <c r="I7" s="5">
-        <v>24.71</v>
+        <v>78.31</v>
       </c>
       <c r="J7" s="5">
         <v>6.27</v>
       </c>
       <c r="K7" s="5">
         <v>6.27</v>
       </c>
     </row>
     <row r="8" ht="80" customHeight="true">
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
         <v>1</v>
       </c>
@@ -3030,51 +3030,51 @@
       <c r="K25" s="5">
         <v>3.2</v>
       </c>
     </row>
     <row r="26" ht="80" customHeight="true">
       <c r="B26" s="2"/>
       <c r="C26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>57</v>
       </c>
       <c r="G26" s="2">
         <v>3</v>
       </c>
       <c r="H26" s="2">
         <v>630</v>
       </c>
       <c r="I26" s="5">
-        <v>104.37</v>
+        <v>155.73</v>
       </c>
       <c r="J26" s="5">
         <v>37.38</v>
       </c>
       <c r="K26" s="5">
         <v>12.46</v>
       </c>
     </row>
     <row r="27" ht="80" customHeight="true">
       <c r="B27" s="2"/>
       <c r="C27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>57</v>
       </c>
       <c r="G27" s="2">
         <v>1</v>
       </c>
@@ -3090,51 +3090,51 @@
       <c r="K27" s="5">
         <v>8.46</v>
       </c>
     </row>
     <row r="28" ht="80" customHeight="true">
       <c r="B28" s="2"/>
       <c r="C28" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>60</v>
       </c>
       <c r="G28" s="2">
         <v>11</v>
       </c>
       <c r="H28" s="2">
         <v>430</v>
       </c>
       <c r="I28" s="5">
-        <v>113.67</v>
+        <v>155.73</v>
       </c>
       <c r="J28" s="5">
         <v>137.04</v>
       </c>
       <c r="K28" s="5">
         <v>12.46</v>
       </c>
     </row>
     <row r="29">
       <c r="B29" s="2"/>
       <c r="C29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>62</v>
       </c>
       <c r="G29" s="2">
         <v>1</v>
       </c>
@@ -3150,51 +3150,51 @@
       <c r="K29" s="5">
         <v>5.39</v>
       </c>
     </row>
     <row r="30" ht="80" customHeight="true">
       <c r="B30" s="2"/>
       <c r="C30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G30" s="2">
         <v>3</v>
       </c>
       <c r="H30" s="2">
         <v>320</v>
       </c>
       <c r="I30" s="5">
-        <v>67.36</v>
+        <v>29.43</v>
       </c>
       <c r="J30" s="5">
         <v>7.07</v>
       </c>
       <c r="K30" s="5">
         <v>2.36</v>
       </c>
     </row>
     <row r="31" ht="80" customHeight="true">
       <c r="B31" s="2"/>
       <c r="C31" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>66</v>
       </c>
       <c r="G31" s="2">
         <v>1</v>
       </c>
@@ -3210,51 +3210,51 @@
       <c r="K31" s="5">
         <v>3.96</v>
       </c>
     </row>
     <row r="32" ht="80" customHeight="true">
       <c r="B32" s="2"/>
       <c r="C32" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>68</v>
       </c>
       <c r="G32" s="2">
         <v>1</v>
       </c>
       <c r="H32" s="2">
         <v>960</v>
       </c>
       <c r="I32" s="5">
-        <v>35.32</v>
+        <v>140.66</v>
       </c>
       <c r="J32" s="5">
         <v>11.24</v>
       </c>
       <c r="K32" s="5">
         <v>11.24</v>
       </c>
     </row>
     <row r="33" ht="80" customHeight="true">
       <c r="B33" s="2"/>
       <c r="C33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>70</v>
       </c>
       <c r="G33" s="2">
         <v>1</v>
       </c>
@@ -3330,51 +3330,51 @@
       <c r="K35" s="5">
         <v>7.07</v>
       </c>
     </row>
     <row r="36" ht="80" customHeight="true">
       <c r="B36" s="2"/>
       <c r="C36" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>76</v>
       </c>
       <c r="G36" s="2">
         <v>3</v>
       </c>
       <c r="H36" s="2">
         <v>300</v>
       </c>
       <c r="I36" s="5">
-        <v>24.71</v>
+        <v>60.58</v>
       </c>
       <c r="J36" s="5">
         <v>14.52</v>
       </c>
       <c r="K36" s="5">
         <v>4.84</v>
       </c>
     </row>
     <row r="37" ht="80" customHeight="true">
       <c r="B37" s="2"/>
       <c r="C37" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>78</v>
       </c>
       <c r="G37" s="2">
         <v>2</v>
       </c>
@@ -3390,51 +3390,51 @@
       <c r="K37" s="5">
         <v>3.1</v>
       </c>
     </row>
     <row r="38" ht="80" customHeight="true">
       <c r="B38" s="2"/>
       <c r="C38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>80</v>
       </c>
       <c r="G38" s="2">
         <v>2</v>
       </c>
       <c r="H38" s="2">
         <v>1860</v>
       </c>
       <c r="I38" s="5">
-        <v>102.56</v>
+        <v>140.82</v>
       </c>
       <c r="J38" s="5">
         <v>22.52</v>
       </c>
       <c r="K38" s="5">
         <v>11.26</v>
       </c>
     </row>
     <row r="39" ht="80" customHeight="true">
       <c r="B39" s="2"/>
       <c r="C39" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>82</v>
       </c>
       <c r="G39" s="2">
         <v>2</v>
       </c>
@@ -3540,51 +3540,51 @@
       <c r="K42" s="5">
         <v>4.67</v>
       </c>
     </row>
     <row r="43" ht="80" customHeight="true">
       <c r="B43" s="2"/>
       <c r="C43" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G43" s="2">
         <v>5</v>
       </c>
       <c r="H43" s="2">
         <v>1230</v>
       </c>
       <c r="I43" s="5">
-        <v>141.37</v>
+        <v>200.65</v>
       </c>
       <c r="J43" s="5">
         <v>80.24</v>
       </c>
       <c r="K43" s="5">
         <v>16.05</v>
       </c>
     </row>
     <row r="44" ht="80" customHeight="true">
       <c r="B44" s="2"/>
       <c r="C44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>92</v>
       </c>
       <c r="G44" s="2">
         <v>3</v>
       </c>
@@ -3600,51 +3600,51 @@
       <c r="K44" s="5">
         <v>5.39</v>
       </c>
     </row>
     <row r="45" ht="80" customHeight="true">
       <c r="B45" s="2"/>
       <c r="C45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>94</v>
       </c>
       <c r="G45" s="2">
         <v>1</v>
       </c>
       <c r="H45" s="2">
         <v>15240</v>
       </c>
       <c r="I45" s="5">
-        <v>632.34</v>
+        <v>715.66</v>
       </c>
       <c r="J45" s="5">
         <v>57.26</v>
       </c>
       <c r="K45" s="5">
         <v>57.26</v>
       </c>
     </row>
     <row r="46" ht="80" customHeight="true">
       <c r="B46" s="2"/>
       <c r="C46" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>96</v>
       </c>
       <c r="G46" s="2">
         <v>1</v>
       </c>