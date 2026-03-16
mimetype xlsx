--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="svg" ContentType="image/svg"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="emz" ContentType="image/x-emz"/>
   <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
@@ -2194,111 +2194,111 @@
       <c r="K2" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" ht="80" customHeight="true">
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="2">
         <v>1</v>
       </c>
       <c r="H3" s="2">
         <v>1580</v>
       </c>
       <c r="I3" s="5">
-        <v>165.58</v>
+        <v>284.55</v>
       </c>
       <c r="J3" s="5">
         <v>37.01</v>
       </c>
       <c r="K3" s="5">
         <v>37.01</v>
       </c>
     </row>
     <row r="4" ht="80" customHeight="true">
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>1</v>
       </c>
       <c r="H4" s="2">
         <v>12340</v>
       </c>
       <c r="I4" s="5">
-        <v>328.8</v>
+        <v>315.71</v>
       </c>
       <c r="J4" s="5">
         <v>41.05</v>
       </c>
       <c r="K4" s="5">
         <v>41.05</v>
       </c>
     </row>
     <row r="5" ht="80" customHeight="true">
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2">
         <v>1</v>
       </c>
       <c r="H5" s="2">
         <v>1640</v>
       </c>
       <c r="I5" s="5">
-        <v>194.54</v>
+        <v>231.51</v>
       </c>
       <c r="J5" s="5">
         <v>30.1</v>
       </c>
       <c r="K5" s="5">
         <v>30.1</v>
       </c>
     </row>
     <row r="6" ht="80" customHeight="true">
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="2">
         <v>1</v>
       </c>
@@ -2434,51 +2434,51 @@
       <c r="K10" s="5">
         <v>6.23</v>
       </c>
     </row>
     <row r="11" ht="80" customHeight="true">
       <c r="B11" s="2"/>
       <c r="C11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>29</v>
       </c>
       <c r="G11" s="2">
         <v>1</v>
       </c>
       <c r="H11" s="2">
         <v>150</v>
       </c>
       <c r="I11" s="5">
-        <v>49.51</v>
+        <v>48.96</v>
       </c>
       <c r="J11" s="5">
         <v>6.36</v>
       </c>
       <c r="K11" s="5">
         <v>6.36</v>
       </c>
     </row>
     <row r="12" ht="80" customHeight="true">
       <c r="B12" s="2"/>
       <c r="C12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="G12" s="2">
         <v>1</v>
       </c>
@@ -2524,51 +2524,51 @@
       <c r="K13" s="5">
         <v>37.76</v>
       </c>
     </row>
     <row r="14" ht="80" customHeight="true">
       <c r="B14" s="2"/>
       <c r="C14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>35</v>
       </c>
       <c r="G14" s="2">
         <v>1</v>
       </c>
       <c r="H14" s="2">
         <v>80</v>
       </c>
       <c r="I14" s="5">
-        <v>56.29</v>
+        <v>71.44</v>
       </c>
       <c r="J14" s="5">
         <v>9.3</v>
       </c>
       <c r="K14" s="5">
         <v>9.3</v>
       </c>
     </row>
     <row r="15" ht="80" customHeight="true">
       <c r="B15" s="2"/>
       <c r="C15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>37</v>
       </c>
       <c r="G15" s="2">
         <v>1</v>
       </c>
@@ -2644,51 +2644,51 @@
       <c r="K17" s="5">
         <v>6.36</v>
       </c>
     </row>
     <row r="18" ht="80" customHeight="true">
       <c r="B18" s="2"/>
       <c r="C18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G18" s="2">
         <v>1</v>
       </c>
       <c r="H18" s="2">
         <v>560</v>
       </c>
       <c r="I18" s="5">
-        <v>88.41</v>
+        <v>108.83</v>
       </c>
       <c r="J18" s="5">
         <v>14.15</v>
       </c>
       <c r="K18" s="5">
         <v>14.15</v>
       </c>
     </row>
     <row r="19" ht="80" customHeight="true">
       <c r="B19" s="2"/>
       <c r="C19" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>45</v>
       </c>
       <c r="G19" s="2">
         <v>1</v>
       </c>
@@ -2764,51 +2764,51 @@
       <c r="K21" s="5">
         <v>4.59</v>
       </c>
     </row>
     <row r="22" ht="80" customHeight="true">
       <c r="B22" s="2"/>
       <c r="C22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G22" s="2">
         <v>1</v>
       </c>
       <c r="H22" s="2">
         <v>2980</v>
       </c>
       <c r="I22" s="5">
-        <v>219.89</v>
+        <v>231.51</v>
       </c>
       <c r="J22" s="5">
         <v>30.1</v>
       </c>
       <c r="K22" s="5">
         <v>30.1</v>
       </c>
     </row>
     <row r="23" ht="80" customHeight="true">
       <c r="B23" s="2"/>
       <c r="C23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>53</v>
       </c>
       <c r="G23" s="2">
         <v>1</v>
       </c>
@@ -2944,81 +2944,81 @@
       <c r="K27" s="5">
         <v>5.81</v>
       </c>
     </row>
     <row r="28" ht="80" customHeight="true">
       <c r="B28" s="2"/>
       <c r="C28" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>63</v>
       </c>
       <c r="G28" s="2">
         <v>1</v>
       </c>
       <c r="H28" s="2">
         <v>460</v>
       </c>
       <c r="I28" s="5">
-        <v>81.34</v>
+        <v>958.28</v>
       </c>
       <c r="J28" s="5">
         <v>124.57</v>
       </c>
       <c r="K28" s="5">
         <v>124.57</v>
       </c>
     </row>
     <row r="29" ht="80" customHeight="true">
       <c r="B29" s="2"/>
       <c r="C29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>65</v>
       </c>
       <c r="G29" s="2">
         <v>1</v>
       </c>
       <c r="H29" s="2">
         <v>1150</v>
       </c>
       <c r="I29" s="5">
-        <v>91.86</v>
+        <v>86.56</v>
       </c>
       <c r="J29" s="5">
         <v>11.24</v>
       </c>
       <c r="K29" s="5">
         <v>11.24</v>
       </c>
     </row>
     <row r="30" ht="80" customHeight="true">
       <c r="B30" s="2"/>
       <c r="C30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G30" s="2">
         <v>2</v>
       </c>
@@ -3094,141 +3094,141 @@
       <c r="K32" s="5">
         <v>6.1</v>
       </c>
     </row>
     <row r="33" ht="80" customHeight="true">
       <c r="B33" s="2"/>
       <c r="C33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>73</v>
       </c>
       <c r="G33" s="2">
         <v>1</v>
       </c>
       <c r="H33" s="2">
         <v>50</v>
       </c>
       <c r="I33" s="5">
-        <v>37.89</v>
+        <v>54.73</v>
       </c>
       <c r="J33" s="5">
         <v>7.11</v>
       </c>
       <c r="K33" s="5">
         <v>7.11</v>
       </c>
     </row>
     <row r="34" ht="80" customHeight="true">
       <c r="B34" s="2"/>
       <c r="C34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>75</v>
       </c>
       <c r="G34" s="2">
         <v>1</v>
       </c>
       <c r="H34" s="2">
         <v>40</v>
       </c>
       <c r="I34" s="5">
-        <v>35.32</v>
+        <v>42.06</v>
       </c>
       <c r="J34" s="5">
         <v>5.47</v>
       </c>
       <c r="K34" s="5">
         <v>5.47</v>
       </c>
     </row>
     <row r="35" ht="80" customHeight="true">
       <c r="B35" s="2"/>
       <c r="C35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>77</v>
       </c>
       <c r="G35" s="2">
         <v>1</v>
       </c>
       <c r="H35" s="2">
         <v>2000</v>
       </c>
       <c r="I35" s="5">
-        <v>117.29</v>
+        <v>106.89</v>
       </c>
       <c r="J35" s="5">
         <v>13.89</v>
       </c>
       <c r="K35" s="5">
         <v>13.89</v>
       </c>
     </row>
     <row r="36" ht="80" customHeight="true">
       <c r="B36" s="2"/>
       <c r="C36" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>79</v>
       </c>
       <c r="G36" s="2">
         <v>1</v>
       </c>
       <c r="H36" s="2">
         <v>50</v>
       </c>
       <c r="I36" s="5">
-        <v>40.46</v>
+        <v>50.01</v>
       </c>
       <c r="J36" s="5">
         <v>6.48</v>
       </c>
       <c r="K36" s="5">
         <v>6.48</v>
       </c>
     </row>
     <row r="37" ht="80" customHeight="true">
       <c r="B37" s="2"/>
       <c r="C37" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>81</v>
       </c>
       <c r="G37" s="2">
         <v>1</v>
       </c>
@@ -3304,51 +3304,51 @@
       <c r="K39" s="5">
         <v>46.1</v>
       </c>
     </row>
     <row r="40" ht="80" customHeight="true">
       <c r="B40" s="2"/>
       <c r="C40" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>87</v>
       </c>
       <c r="G40" s="2">
         <v>1</v>
       </c>
       <c r="H40" s="2">
         <v>3800</v>
       </c>
       <c r="I40" s="5">
-        <v>114.55</v>
+        <v>213.66</v>
       </c>
       <c r="J40" s="5">
         <v>27.79</v>
       </c>
       <c r="K40" s="5">
         <v>27.79</v>
       </c>
     </row>
     <row r="41">
       <c r="B41" s="2"/>
       <c r="C41" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>89</v>
       </c>
       <c r="G41" s="2">
         <v>1</v>
       </c>
@@ -3364,141 +3364,141 @@
       <c r="K41" s="5">
         <v>5.43</v>
       </c>
     </row>
     <row r="42" ht="80" customHeight="true">
       <c r="B42" s="2"/>
       <c r="C42" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>91</v>
       </c>
       <c r="G42" s="2">
         <v>1</v>
       </c>
       <c r="H42" s="2">
         <v>210</v>
       </c>
       <c r="I42" s="5">
-        <v>86.22</v>
+        <v>113.54</v>
       </c>
       <c r="J42" s="5">
         <v>14.78</v>
       </c>
       <c r="K42" s="5">
         <v>14.78</v>
       </c>
     </row>
     <row r="43" ht="80" customHeight="true">
       <c r="B43" s="2"/>
       <c r="C43" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>93</v>
       </c>
       <c r="G43" s="2">
         <v>1</v>
       </c>
       <c r="H43" s="2">
         <v>264</v>
       </c>
       <c r="I43" s="5">
-        <v>78.22</v>
+        <v>115.44</v>
       </c>
       <c r="J43" s="5">
         <v>14.99</v>
       </c>
       <c r="K43" s="5">
         <v>14.99</v>
       </c>
     </row>
     <row r="44" ht="80" customHeight="true">
       <c r="B44" s="2"/>
       <c r="C44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>95</v>
       </c>
       <c r="G44" s="2">
         <v>1</v>
       </c>
       <c r="H44" s="2">
         <v>130</v>
       </c>
       <c r="I44" s="5">
-        <v>68.5</v>
+        <v>98.85</v>
       </c>
       <c r="J44" s="5">
         <v>12.84</v>
       </c>
       <c r="K44" s="5">
         <v>12.84</v>
       </c>
     </row>
     <row r="45" ht="80" customHeight="true">
       <c r="B45" s="2"/>
       <c r="C45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>97</v>
       </c>
       <c r="G45" s="2">
         <v>1</v>
       </c>
       <c r="H45" s="2">
         <v>239</v>
       </c>
       <c r="I45" s="5">
-        <v>70.35</v>
+        <v>106.81</v>
       </c>
       <c r="J45" s="5">
         <v>13.89</v>
       </c>
       <c r="K45" s="5">
         <v>13.89</v>
       </c>
     </row>
     <row r="46" ht="80" customHeight="true">
       <c r="B46" s="2"/>
       <c r="C46" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>99</v>
       </c>
       <c r="G46" s="2">
         <v>1</v>
       </c>