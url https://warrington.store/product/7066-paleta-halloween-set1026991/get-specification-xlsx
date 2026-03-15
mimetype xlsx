--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="svg" ContentType="image/svg"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
-[...2 lines deleted...]
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="emz" ContentType="image/x-emz"/>
+  <Default Extension="bmp" ContentType="image/bmp"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -3071,111 +3071,111 @@
       <c r="K6" s="5">
         <v>2.91</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>20</v>
       </c>
       <c r="G7" s="2">
         <v>1</v>
       </c>
       <c r="H7" s="2">
         <v>410</v>
       </c>
       <c r="I7" s="5">
-        <v>75.86</v>
+        <v>71.86</v>
       </c>
       <c r="J7" s="5">
         <v>6.48</v>
       </c>
       <c r="K7" s="5">
         <v>6.48</v>
       </c>
     </row>
     <row r="8" ht="80" customHeight="true">
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>22</v>
       </c>
       <c r="G8" s="2">
         <v>2</v>
       </c>
       <c r="H8" s="2">
         <v>290</v>
       </c>
       <c r="I8" s="5">
-        <v>70.73</v>
+        <v>77.97</v>
       </c>
       <c r="J8" s="5">
         <v>14.02</v>
       </c>
       <c r="K8" s="5">
         <v>7.01</v>
       </c>
     </row>
     <row r="9" ht="80" customHeight="true">
       <c r="B9" s="2"/>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="2">
         <v>1</v>
       </c>
       <c r="H9" s="2">
         <v>570</v>
       </c>
       <c r="I9" s="5">
-        <v>102.51</v>
+        <v>149.79</v>
       </c>
       <c r="J9" s="5">
         <v>13.47</v>
       </c>
       <c r="K9" s="5">
         <v>13.47</v>
       </c>
     </row>
     <row r="10" ht="80" customHeight="true">
       <c r="B10" s="2"/>
       <c r="C10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>26</v>
       </c>
       <c r="G10" s="2">
         <v>1</v>
       </c>
@@ -3221,51 +3221,51 @@
       <c r="K11" s="5">
         <v>6.06</v>
       </c>
     </row>
     <row r="12" ht="80" customHeight="true">
       <c r="B12" s="2"/>
       <c r="C12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="G12" s="2">
         <v>1</v>
       </c>
       <c r="H12" s="2">
         <v>650</v>
       </c>
       <c r="I12" s="5">
-        <v>95.15</v>
+        <v>94.56</v>
       </c>
       <c r="J12" s="5">
         <v>8.5</v>
       </c>
       <c r="K12" s="5">
         <v>8.5</v>
       </c>
     </row>
     <row r="13" ht="80" customHeight="true">
       <c r="B13" s="2"/>
       <c r="C13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>32</v>
       </c>
       <c r="G13" s="2">
         <v>1</v>
       </c>
@@ -3311,81 +3311,81 @@
       <c r="K14" s="5">
         <v>4.76</v>
       </c>
     </row>
     <row r="15" ht="80" customHeight="true">
       <c r="B15" s="2"/>
       <c r="C15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>36</v>
       </c>
       <c r="G15" s="2">
         <v>1</v>
       </c>
       <c r="H15" s="2">
         <v>440</v>
       </c>
       <c r="I15" s="5">
-        <v>105.92</v>
+        <v>142.34</v>
       </c>
       <c r="J15" s="5">
         <v>12.8</v>
       </c>
       <c r="K15" s="5">
         <v>12.8</v>
       </c>
     </row>
     <row r="16" ht="80" customHeight="true">
       <c r="B16" s="2"/>
       <c r="C16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>38</v>
       </c>
       <c r="G16" s="2">
         <v>2</v>
       </c>
       <c r="H16" s="2">
         <v>380</v>
       </c>
       <c r="I16" s="5">
-        <v>82.64</v>
+        <v>39.03</v>
       </c>
       <c r="J16" s="5">
         <v>7.03</v>
       </c>
       <c r="K16" s="5">
         <v>3.52</v>
       </c>
     </row>
     <row r="17" ht="80" customHeight="true">
       <c r="B17" s="2"/>
       <c r="C17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="G17" s="2">
         <v>2</v>
       </c>
@@ -3521,51 +3521,51 @@
       <c r="K21" s="5">
         <v>6.44</v>
       </c>
     </row>
     <row r="22" ht="80" customHeight="true">
       <c r="B22" s="2"/>
       <c r="C22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>50</v>
       </c>
       <c r="G22" s="2">
         <v>1</v>
       </c>
       <c r="H22" s="2">
         <v>430</v>
       </c>
       <c r="I22" s="5">
-        <v>104.37</v>
+        <v>113.63</v>
       </c>
       <c r="J22" s="5">
         <v>10.23</v>
       </c>
       <c r="K22" s="5">
         <v>10.23</v>
       </c>
     </row>
     <row r="23" ht="80" customHeight="true">
       <c r="B23" s="2"/>
       <c r="C23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="G23" s="2">
         <v>1</v>
       </c>
@@ -3581,51 +3581,51 @@
       <c r="K23" s="5">
         <v>6.06</v>
       </c>
     </row>
     <row r="24" ht="80" customHeight="true">
       <c r="B24" s="2"/>
       <c r="C24" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>54</v>
       </c>
       <c r="G24" s="2">
         <v>3</v>
       </c>
       <c r="H24" s="2">
         <v>380</v>
       </c>
       <c r="I24" s="5">
-        <v>53.05</v>
+        <v>54.69</v>
       </c>
       <c r="J24" s="5">
         <v>14.78</v>
       </c>
       <c r="K24" s="5">
         <v>4.93</v>
       </c>
     </row>
     <row r="25" ht="80" customHeight="true">
       <c r="B25" s="2"/>
       <c r="C25" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>54</v>
       </c>
       <c r="G25" s="2">
         <v>3</v>
       </c>
@@ -3641,51 +3641,51 @@
       <c r="K25" s="5">
         <v>4.77</v>
       </c>
     </row>
     <row r="26" ht="80" customHeight="true">
       <c r="B26" s="2"/>
       <c r="C26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>57</v>
       </c>
       <c r="G26" s="2">
         <v>7</v>
       </c>
       <c r="H26" s="2">
         <v>750</v>
       </c>
       <c r="I26" s="5">
-        <v>88.41</v>
+        <v>107.82</v>
       </c>
       <c r="J26" s="5">
         <v>67.91</v>
       </c>
       <c r="K26" s="5">
         <v>9.7</v>
       </c>
     </row>
     <row r="27" ht="80" customHeight="true">
       <c r="B27" s="2"/>
       <c r="C27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>59</v>
       </c>
       <c r="G27" s="2">
         <v>1</v>
       </c>
@@ -3731,51 +3731,51 @@
       <c r="K28" s="5">
         <v>3.12</v>
       </c>
     </row>
     <row r="29" ht="80" customHeight="true">
       <c r="B29" s="2"/>
       <c r="C29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>63</v>
       </c>
       <c r="G29" s="2">
         <v>1</v>
       </c>
       <c r="H29" s="2">
         <v>280</v>
       </c>
       <c r="I29" s="5">
-        <v>53.05</v>
+        <v>102.68</v>
       </c>
       <c r="J29" s="5">
         <v>9.26</v>
       </c>
       <c r="K29" s="5">
         <v>9.26</v>
       </c>
     </row>
     <row r="30" ht="80" customHeight="true">
       <c r="B30" s="2"/>
       <c r="C30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>65</v>
       </c>
       <c r="G30" s="2">
         <v>2</v>
       </c>
@@ -3791,51 +3791,51 @@
       <c r="K30" s="5">
         <v>6.36</v>
       </c>
     </row>
     <row r="31" ht="80" customHeight="true">
       <c r="B31" s="2"/>
       <c r="C31" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G31" s="2">
         <v>2</v>
       </c>
       <c r="H31" s="2">
         <v>480</v>
       </c>
       <c r="I31" s="5">
-        <v>127.31</v>
+        <v>155.73</v>
       </c>
       <c r="J31" s="5">
         <v>28.04</v>
       </c>
       <c r="K31" s="5">
         <v>14.02</v>
       </c>
     </row>
     <row r="32" ht="80" customHeight="true">
       <c r="B32" s="2"/>
       <c r="C32" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>69</v>
       </c>
       <c r="G32" s="2">
         <v>1</v>
       </c>
@@ -4211,51 +4211,51 @@
       <c r="K44" s="5">
         <v>9.62</v>
       </c>
     </row>
     <row r="45" ht="80" customHeight="true">
       <c r="B45" s="2"/>
       <c r="C45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>92</v>
       </c>
       <c r="G45" s="2">
         <v>1</v>
       </c>
       <c r="H45" s="2">
         <v>998</v>
       </c>
       <c r="I45" s="5">
-        <v>95.48</v>
+        <v>155.05</v>
       </c>
       <c r="J45" s="5">
         <v>13.94</v>
       </c>
       <c r="K45" s="5">
         <v>13.94</v>
       </c>
     </row>
     <row r="46" ht="80" customHeight="true">
       <c r="B46" s="2"/>
       <c r="C46" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>94</v>
       </c>
       <c r="G46" s="2">
         <v>1</v>
       </c>
@@ -4271,81 +4271,81 @@
       <c r="K46" s="5">
         <v>9.56</v>
       </c>
     </row>
     <row r="47" ht="80" customHeight="true">
       <c r="B47" s="2"/>
       <c r="C47" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>96</v>
       </c>
       <c r="G47" s="2">
         <v>1</v>
       </c>
       <c r="H47" s="2">
         <v>670</v>
       </c>
       <c r="I47" s="5">
-        <v>97.34</v>
+        <v>113.59</v>
       </c>
       <c r="J47" s="5">
         <v>10.23</v>
       </c>
       <c r="K47" s="5">
         <v>10.23</v>
       </c>
     </row>
     <row r="48" ht="80" customHeight="true">
       <c r="B48" s="2"/>
       <c r="C48" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>98</v>
       </c>
       <c r="G48" s="2">
         <v>1</v>
       </c>
       <c r="H48" s="2">
         <v>190</v>
       </c>
       <c r="I48" s="5">
-        <v>40.16</v>
+        <v>63.11</v>
       </c>
       <c r="J48" s="5">
         <v>5.68</v>
       </c>
       <c r="K48" s="5">
         <v>5.68</v>
       </c>
     </row>
     <row r="49">
       <c r="B49" s="2"/>
       <c r="C49" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="F49" s="4" t="s">
         <v>100</v>
       </c>
       <c r="G49" s="2">
         <v>1</v>
       </c>
@@ -4361,51 +4361,51 @@
       <c r="K49" s="5">
         <v>3.49</v>
       </c>
     </row>
     <row r="50" ht="80" customHeight="true">
       <c r="B50" s="2"/>
       <c r="C50" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F50" s="4" t="s">
         <v>102</v>
       </c>
       <c r="G50" s="2">
         <v>1</v>
       </c>
       <c r="H50" s="2">
         <v>370</v>
       </c>
       <c r="I50" s="5">
-        <v>69</v>
+        <v>101.8</v>
       </c>
       <c r="J50" s="5">
         <v>9.18</v>
       </c>
       <c r="K50" s="5">
         <v>9.18</v>
       </c>
     </row>
     <row r="51" ht="80" customHeight="true">
       <c r="B51" s="2"/>
       <c r="C51" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="F51" s="4" t="s">
         <v>104</v>
       </c>
       <c r="G51" s="2">
         <v>27</v>
       </c>
@@ -4511,51 +4511,51 @@
       <c r="K54" s="5">
         <v>6.06</v>
       </c>
     </row>
     <row r="55">
       <c r="B55" s="2"/>
       <c r="C55" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="F55" s="4" t="s">
         <v>112</v>
       </c>
       <c r="G55" s="2">
         <v>1</v>
       </c>
       <c r="H55" s="2">
         <v>350</v>
       </c>
       <c r="I55" s="5">
-        <v>80.03</v>
+        <v>113.63</v>
       </c>
       <c r="J55" s="5">
         <v>10.23</v>
       </c>
       <c r="K55" s="5">
         <v>10.23</v>
       </c>
     </row>
     <row r="56" ht="80" customHeight="true">
       <c r="B56" s="2"/>
       <c r="C56" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F56" s="4" t="s">
         <v>114</v>
       </c>
       <c r="G56" s="2">
         <v>1</v>
       </c>
@@ -4871,51 +4871,51 @@
       <c r="K66" s="5">
         <v>6.06</v>
       </c>
     </row>
     <row r="67" ht="80" customHeight="true">
       <c r="B67" s="2"/>
       <c r="C67" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F67" s="4" t="s">
         <v>136</v>
       </c>
       <c r="G67" s="2">
         <v>1</v>
       </c>
       <c r="H67" s="2">
         <v>160</v>
       </c>
       <c r="I67" s="5">
-        <v>71.65</v>
+        <v>106.98</v>
       </c>
       <c r="J67" s="5">
         <v>9.64</v>
       </c>
       <c r="K67" s="5">
         <v>9.64</v>
       </c>
     </row>
     <row r="68" ht="80" customHeight="true">
       <c r="B68" s="2"/>
       <c r="C68" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>137</v>
       </c>
       <c r="F68" s="4" t="s">
         <v>138</v>
       </c>
       <c r="G68" s="2">
         <v>1</v>
       </c>
@@ -4991,51 +4991,51 @@
       <c r="K70" s="5">
         <v>9.3</v>
       </c>
     </row>
     <row r="71" ht="80" customHeight="true">
       <c r="B71" s="2"/>
       <c r="C71" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>141</v>
       </c>
       <c r="F71" s="4" t="s">
         <v>142</v>
       </c>
       <c r="G71" s="2">
         <v>1</v>
       </c>
       <c r="H71" s="2">
         <v>350</v>
       </c>
       <c r="I71" s="5">
-        <v>106.09</v>
+        <v>155.73</v>
       </c>
       <c r="J71" s="5">
         <v>14.02</v>
       </c>
       <c r="K71" s="5">
         <v>14.02</v>
       </c>
     </row>
     <row r="72">
       <c r="G72" s="2" t="str">
         <f>SUM(G3:G71)</f>
       </c>
       <c r="H72" s="2" t="str">
         <f>SUM(H3:H71)</f>
       </c>
       <c r="I72" s="5" t="str">
         <f>SUM(I3:I71)</f>
       </c>
       <c r="J72" s="5" t="str">
         <f>SUM(J3:J71)</f>
       </c>
       <c r="K72" s="5" t="str">
         <f>SUM(K3:K71)</f>
       </c>
     </row>