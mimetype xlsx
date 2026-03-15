--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="bmp" ContentType="image/bmp"/>
+  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="wmz" ContentType="image/x-wmz"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="svg" ContentType="image/svg"/>
+  <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="emz" ContentType="image/x-emz"/>
-  <Default Extension="wmz" ContentType="image/x-wmz"/>
-[...6 lines deleted...]
-  <Default Extension="tiff" ContentType="image/tiff"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -1922,171 +1922,171 @@
       <c r="K2" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" ht="80" customHeight="true">
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="2">
         <v>1</v>
       </c>
       <c r="H3" s="2">
         <v>520</v>
       </c>
       <c r="I3" s="5">
-        <v>87.9</v>
+        <v>133.46</v>
       </c>
       <c r="J3" s="5">
         <v>14.69</v>
       </c>
       <c r="K3" s="5">
         <v>14.69</v>
       </c>
     </row>
     <row r="4" ht="80" customHeight="true">
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>1</v>
       </c>
       <c r="H4" s="2">
         <v>320</v>
       </c>
       <c r="I4" s="5">
-        <v>73.63</v>
+        <v>84.16</v>
       </c>
       <c r="J4" s="5">
         <v>9.26</v>
       </c>
       <c r="K4" s="5">
         <v>9.26</v>
       </c>
     </row>
     <row r="5" ht="80" customHeight="true">
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2">
         <v>1</v>
       </c>
       <c r="H5" s="2">
         <v>710</v>
       </c>
       <c r="I5" s="5">
-        <v>86.39</v>
+        <v>102.68</v>
       </c>
       <c r="J5" s="5">
         <v>11.28</v>
       </c>
       <c r="K5" s="5">
         <v>11.28</v>
       </c>
     </row>
     <row r="6" ht="80" customHeight="true">
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="2">
         <v>1</v>
       </c>
       <c r="H6" s="2">
         <v>1870</v>
       </c>
       <c r="I6" s="5">
-        <v>124.66</v>
+        <v>446.09</v>
       </c>
       <c r="J6" s="5">
         <v>49.09</v>
       </c>
       <c r="K6" s="5">
         <v>49.09</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>1</v>
       </c>
       <c r="H7" s="2">
         <v>2232</v>
       </c>
       <c r="I7" s="5">
-        <v>155.01</v>
+        <v>187.01</v>
       </c>
       <c r="J7" s="5">
         <v>20.59</v>
       </c>
       <c r="K7" s="5">
         <v>20.59</v>
       </c>
     </row>
     <row r="8" ht="80" customHeight="true">
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
         <v>1</v>
       </c>
@@ -2102,51 +2102,51 @@
       <c r="K8" s="5">
         <v>10.02</v>
       </c>
     </row>
     <row r="9" ht="80" customHeight="true">
       <c r="B9" s="2"/>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="2">
         <v>3</v>
       </c>
       <c r="H9" s="2">
         <v>320</v>
       </c>
       <c r="I9" s="5">
-        <v>67.36</v>
+        <v>29.43</v>
       </c>
       <c r="J9" s="5">
         <v>9.73</v>
       </c>
       <c r="K9" s="5">
         <v>3.24</v>
       </c>
     </row>
     <row r="10" ht="80" customHeight="true">
       <c r="B10" s="2"/>
       <c r="C10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="2">
         <v>13</v>
       </c>
@@ -2342,51 +2342,51 @@
       <c r="K16" s="5">
         <v>9.02</v>
       </c>
     </row>
     <row r="17" ht="80" customHeight="true">
       <c r="B17" s="2"/>
       <c r="C17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>41</v>
       </c>
       <c r="G17" s="2">
         <v>1</v>
       </c>
       <c r="H17" s="2">
         <v>810</v>
       </c>
       <c r="I17" s="5">
-        <v>71.57</v>
+        <v>172.23</v>
       </c>
       <c r="J17" s="5">
         <v>18.95</v>
       </c>
       <c r="K17" s="5">
         <v>18.95</v>
       </c>
     </row>
     <row r="18" ht="80" customHeight="true">
       <c r="B18" s="2"/>
       <c r="C18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G18" s="2">
         <v>4</v>
       </c>
@@ -2432,51 +2432,51 @@
       <c r="K19" s="5">
         <v>7.41</v>
       </c>
     </row>
     <row r="20" ht="80" customHeight="true">
       <c r="B20" s="2"/>
       <c r="C20" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G20" s="2">
         <v>6</v>
       </c>
       <c r="H20" s="2">
         <v>260</v>
       </c>
       <c r="I20" s="5">
-        <v>95.48</v>
+        <v>97.29</v>
       </c>
       <c r="J20" s="5">
         <v>64.2</v>
       </c>
       <c r="K20" s="5">
         <v>10.7</v>
       </c>
     </row>
     <row r="21">
       <c r="B21" s="2"/>
       <c r="C21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="G21" s="2">
         <v>2</v>
       </c>
@@ -2612,51 +2612,51 @@
       <c r="K25" s="5">
         <v>4.38</v>
       </c>
     </row>
     <row r="26" ht="80" customHeight="true">
       <c r="B26" s="2"/>
       <c r="C26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>59</v>
       </c>
       <c r="G26" s="2">
         <v>1</v>
       </c>
       <c r="H26" s="2">
         <v>820</v>
       </c>
       <c r="I26" s="5">
-        <v>55.28</v>
+        <v>96.79</v>
       </c>
       <c r="J26" s="5">
         <v>10.65</v>
       </c>
       <c r="K26" s="5">
         <v>10.65</v>
       </c>
     </row>
     <row r="27" ht="80" customHeight="true">
       <c r="B27" s="2"/>
       <c r="C27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>61</v>
       </c>
       <c r="G27" s="2">
         <v>3</v>
       </c>
@@ -2882,51 +2882,51 @@
       <c r="K34" s="5">
         <v>9.45</v>
       </c>
     </row>
     <row r="35" ht="80" customHeight="true">
       <c r="B35" s="2"/>
       <c r="C35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>77</v>
       </c>
       <c r="G35" s="2">
         <v>1</v>
       </c>
       <c r="H35" s="2">
         <v>740</v>
       </c>
       <c r="I35" s="5">
-        <v>65.04</v>
+        <v>81.13</v>
       </c>
       <c r="J35" s="5">
         <v>8.93</v>
       </c>
       <c r="K35" s="5">
         <v>8.93</v>
       </c>
     </row>
     <row r="36" ht="80" customHeight="true">
       <c r="B36" s="2"/>
       <c r="C36" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>79</v>
       </c>
       <c r="G36" s="2">
         <v>1</v>
       </c>
@@ -2972,81 +2972,81 @@
       <c r="K37" s="5">
         <v>13.75</v>
       </c>
     </row>
     <row r="38" ht="80" customHeight="true">
       <c r="B38" s="2"/>
       <c r="C38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>83</v>
       </c>
       <c r="G38" s="2">
         <v>1</v>
       </c>
       <c r="H38" s="2">
         <v>1100</v>
       </c>
       <c r="I38" s="5">
-        <v>176.86</v>
+        <v>210.46</v>
       </c>
       <c r="J38" s="5">
         <v>23.16</v>
       </c>
       <c r="K38" s="5">
         <v>23.16</v>
       </c>
     </row>
     <row r="39" ht="80" customHeight="true">
       <c r="B39" s="2"/>
       <c r="C39" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>85</v>
       </c>
       <c r="G39" s="2">
         <v>1</v>
       </c>
       <c r="H39" s="2">
         <v>597</v>
       </c>
       <c r="I39" s="5">
-        <v>125.58</v>
+        <v>151.52</v>
       </c>
       <c r="J39" s="5">
         <v>16.67</v>
       </c>
       <c r="K39" s="5">
         <v>16.67</v>
       </c>
     </row>
     <row r="40" ht="80" customHeight="true">
       <c r="B40" s="2"/>
       <c r="C40" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>87</v>
       </c>
       <c r="G40" s="2">
         <v>1</v>
       </c>