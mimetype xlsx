--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="svg" ContentType="image/svg"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="emz" ContentType="image/x-emz"/>
   <Default Extension="wmz" ContentType="image/x-wmz"/>
+  <Default Extension="bmp" ContentType="image/bmp"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -2034,201 +2034,201 @@
       <c r="K11" s="5">
         <v>15.96</v>
       </c>
     </row>
     <row r="12" ht="80" customHeight="true">
       <c r="B12" s="2"/>
       <c r="C12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="G12" s="2">
         <v>1</v>
       </c>
       <c r="H12" s="2">
         <v>150</v>
       </c>
       <c r="I12" s="5">
-        <v>84.87</v>
+        <v>105.21</v>
       </c>
       <c r="J12" s="5">
         <v>13.14</v>
       </c>
       <c r="K12" s="5">
         <v>13.14</v>
       </c>
     </row>
     <row r="13" ht="80" customHeight="true">
       <c r="B13" s="2"/>
       <c r="C13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>32</v>
       </c>
       <c r="G13" s="2">
         <v>1</v>
       </c>
       <c r="H13" s="2">
         <v>290</v>
       </c>
       <c r="I13" s="5">
-        <v>123.77</v>
+        <v>121.58</v>
       </c>
       <c r="J13" s="5">
         <v>15.2</v>
       </c>
       <c r="K13" s="5">
         <v>15.2</v>
       </c>
     </row>
     <row r="14" ht="80" customHeight="true">
       <c r="B14" s="2"/>
       <c r="C14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>34</v>
       </c>
       <c r="G14" s="2">
         <v>1</v>
       </c>
       <c r="H14" s="2">
         <v>80</v>
       </c>
       <c r="I14" s="5">
-        <v>88.41</v>
+        <v>90.18</v>
       </c>
       <c r="J14" s="5">
         <v>11.28</v>
       </c>
       <c r="K14" s="5">
         <v>11.28</v>
       </c>
     </row>
     <row r="15" ht="80" customHeight="true">
       <c r="B15" s="2"/>
       <c r="C15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>36</v>
       </c>
       <c r="G15" s="2">
         <v>4</v>
       </c>
       <c r="H15" s="2">
         <v>310</v>
       </c>
       <c r="I15" s="5">
-        <v>82.77</v>
+        <v>116.03</v>
       </c>
       <c r="J15" s="5">
         <v>58.01</v>
       </c>
       <c r="K15" s="5">
         <v>14.5</v>
       </c>
     </row>
     <row r="16" ht="80" customHeight="true">
       <c r="B16" s="2"/>
       <c r="C16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>38</v>
       </c>
       <c r="G16" s="2">
         <v>6</v>
       </c>
       <c r="H16" s="2">
         <v>580</v>
       </c>
       <c r="I16" s="5">
-        <v>143.27</v>
+        <v>205.36</v>
       </c>
       <c r="J16" s="5">
         <v>154.04</v>
       </c>
       <c r="K16" s="5">
         <v>25.67</v>
       </c>
     </row>
     <row r="17" ht="80" customHeight="true">
       <c r="B17" s="2"/>
       <c r="C17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="G17" s="2">
         <v>4</v>
       </c>
       <c r="H17" s="2">
         <v>80</v>
       </c>
       <c r="I17" s="5">
-        <v>96.7</v>
+        <v>144.87</v>
       </c>
       <c r="J17" s="5">
         <v>72.45</v>
       </c>
       <c r="K17" s="5">
         <v>18.11</v>
       </c>
     </row>
     <row r="18" ht="80" customHeight="true">
       <c r="B18" s="2"/>
       <c r="C18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G18" s="2">
         <v>1</v>
       </c>
@@ -2274,141 +2274,141 @@
       <c r="K19" s="5">
         <v>9.26</v>
       </c>
     </row>
     <row r="20" ht="80" customHeight="true">
       <c r="B20" s="2"/>
       <c r="C20" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G20" s="2">
         <v>1</v>
       </c>
       <c r="H20" s="2">
         <v>1740</v>
       </c>
       <c r="I20" s="5">
-        <v>219.17</v>
+        <v>372.71</v>
       </c>
       <c r="J20" s="5">
         <v>46.6</v>
       </c>
       <c r="K20" s="5">
         <v>46.6</v>
       </c>
     </row>
     <row r="21" ht="80" customHeight="true">
       <c r="B21" s="2"/>
       <c r="C21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G21" s="2">
         <v>1</v>
       </c>
       <c r="H21" s="2">
         <v>2630</v>
       </c>
       <c r="I21" s="5">
-        <v>134.38</v>
+        <v>331.66</v>
       </c>
       <c r="J21" s="5">
         <v>41.47</v>
       </c>
       <c r="K21" s="5">
         <v>41.47</v>
       </c>
     </row>
     <row r="22" ht="80" customHeight="true">
       <c r="B22" s="2"/>
       <c r="C22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>50</v>
       </c>
       <c r="G22" s="2">
         <v>2</v>
       </c>
       <c r="H22" s="2">
         <v>1310</v>
       </c>
       <c r="I22" s="5">
-        <v>118.13</v>
+        <v>158.13</v>
       </c>
       <c r="J22" s="5">
         <v>39.53</v>
       </c>
       <c r="K22" s="5">
         <v>19.77</v>
       </c>
     </row>
     <row r="23" ht="80" customHeight="true">
       <c r="B23" s="2"/>
       <c r="C23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="G23" s="2">
         <v>1</v>
       </c>
       <c r="H23" s="2">
         <v>1288</v>
       </c>
       <c r="I23" s="5">
-        <v>97.63</v>
+        <v>81.72</v>
       </c>
       <c r="J23" s="5">
         <v>10.23</v>
       </c>
       <c r="K23" s="5">
         <v>10.23</v>
       </c>
     </row>
     <row r="24" ht="80" customHeight="true">
       <c r="B24" s="2"/>
       <c r="C24" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>54</v>
       </c>
       <c r="G24" s="2">
         <v>1</v>
       </c>
@@ -2424,81 +2424,81 @@
       <c r="K24" s="5">
         <v>8.84</v>
       </c>
     </row>
     <row r="25" ht="80" customHeight="true">
       <c r="B25" s="2"/>
       <c r="C25" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>56</v>
       </c>
       <c r="G25" s="2">
         <v>1</v>
       </c>
       <c r="H25" s="2">
         <v>7830</v>
       </c>
       <c r="I25" s="5">
-        <v>784.62</v>
+        <v>792.62</v>
       </c>
       <c r="J25" s="5">
         <v>99.06</v>
       </c>
       <c r="K25" s="5">
         <v>99.06</v>
       </c>
     </row>
     <row r="26" ht="80" customHeight="true">
       <c r="B26" s="2"/>
       <c r="C26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>58</v>
       </c>
       <c r="G26" s="2">
         <v>1</v>
       </c>
       <c r="H26" s="2">
         <v>440</v>
       </c>
       <c r="I26" s="5">
-        <v>141.88</v>
+        <v>166.72</v>
       </c>
       <c r="J26" s="5">
         <v>20.84</v>
       </c>
       <c r="K26" s="5">
         <v>20.84</v>
       </c>
     </row>
     <row r="27" ht="80" customHeight="true">
       <c r="B27" s="2"/>
       <c r="C27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>60</v>
       </c>
       <c r="G27" s="2">
         <v>1</v>
       </c>
@@ -2514,81 +2514,81 @@
       <c r="K27" s="5">
         <v>15.03</v>
       </c>
     </row>
     <row r="28" ht="80" customHeight="true">
       <c r="B28" s="2"/>
       <c r="C28" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>62</v>
       </c>
       <c r="G28" s="2">
         <v>1</v>
       </c>
       <c r="H28" s="2">
         <v>1700</v>
       </c>
       <c r="I28" s="5">
-        <v>146.63</v>
+        <v>168.36</v>
       </c>
       <c r="J28" s="5">
         <v>21.05</v>
       </c>
       <c r="K28" s="5">
         <v>21.05</v>
       </c>
     </row>
     <row r="29" ht="80" customHeight="true">
       <c r="B29" s="2"/>
       <c r="C29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G29" s="2">
         <v>1</v>
       </c>
       <c r="H29" s="2">
         <v>4400</v>
       </c>
       <c r="I29" s="5">
-        <v>138</v>
+        <v>193.62</v>
       </c>
       <c r="J29" s="5">
         <v>24.21</v>
       </c>
       <c r="K29" s="5">
         <v>24.21</v>
       </c>
     </row>
     <row r="30" ht="80" customHeight="true">
       <c r="B30" s="2"/>
       <c r="C30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>66</v>
       </c>
       <c r="G30" s="2">
         <v>1</v>
       </c>
@@ -2604,51 +2604,51 @@
       <c r="K30" s="5">
         <v>8.84</v>
       </c>
     </row>
     <row r="31" ht="80" customHeight="true">
       <c r="B31" s="2"/>
       <c r="C31" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>68</v>
       </c>
       <c r="G31" s="2">
         <v>2</v>
       </c>
       <c r="H31" s="2">
         <v>630</v>
       </c>
       <c r="I31" s="5">
-        <v>191.47</v>
+        <v>241.28</v>
       </c>
       <c r="J31" s="5">
         <v>60.33</v>
       </c>
       <c r="K31" s="5">
         <v>30.17</v>
       </c>
     </row>
     <row r="32">
       <c r="B32" s="2"/>
       <c r="C32" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>70</v>
       </c>
       <c r="G32" s="2">
         <v>1</v>
       </c>
@@ -2694,51 +2694,51 @@
       <c r="K33" s="5">
         <v>9.64</v>
       </c>
     </row>
     <row r="34" ht="80" customHeight="true">
       <c r="B34" s="2"/>
       <c r="C34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>74</v>
       </c>
       <c r="G34" s="2">
         <v>3</v>
       </c>
       <c r="H34" s="2">
         <v>1420</v>
       </c>
       <c r="I34" s="5">
-        <v>75.61</v>
+        <v>79.74</v>
       </c>
       <c r="J34" s="5">
         <v>29.89</v>
       </c>
       <c r="K34" s="5">
         <v>9.96</v>
       </c>
     </row>
     <row r="35" ht="80" customHeight="true">
       <c r="B35" s="2"/>
       <c r="C35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>76</v>
       </c>
       <c r="G35" s="2">
         <v>4</v>
       </c>