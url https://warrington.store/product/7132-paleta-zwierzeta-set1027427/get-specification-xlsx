--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="emz" ContentType="image/x-emz"/>
-  <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
-[...1 lines deleted...]
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="svg" ContentType="image/svg"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="wmz" ContentType="image/x-wmz"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emz" ContentType="image/x-emz"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -1694,111 +1694,111 @@
       <c r="K2" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" ht="80" customHeight="true">
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="2">
         <v>1</v>
       </c>
       <c r="H3" s="2">
         <v>380</v>
       </c>
       <c r="I3" s="5">
-        <v>106.93</v>
+        <v>200.23</v>
       </c>
       <c r="J3" s="5">
         <v>28.04</v>
       </c>
       <c r="K3" s="5">
         <v>28.04</v>
       </c>
     </row>
     <row r="4" ht="80" customHeight="true">
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>1</v>
       </c>
       <c r="H4" s="2">
         <v>320</v>
       </c>
       <c r="I4" s="5">
-        <v>93.13</v>
+        <v>109.42</v>
       </c>
       <c r="J4" s="5">
         <v>15.32</v>
       </c>
       <c r="K4" s="5">
         <v>15.32</v>
       </c>
     </row>
     <row r="5" ht="80" customHeight="true">
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2">
         <v>1</v>
       </c>
       <c r="H5" s="2">
         <v>350</v>
       </c>
       <c r="I5" s="5">
-        <v>99.69</v>
+        <v>122.05</v>
       </c>
       <c r="J5" s="5">
         <v>17.09</v>
       </c>
       <c r="K5" s="5">
         <v>17.09</v>
       </c>
     </row>
     <row r="6" ht="80" customHeight="true">
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="2">
         <v>1</v>
       </c>
@@ -1814,51 +1814,51 @@
       <c r="K6" s="5">
         <v>13.14</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>3</v>
       </c>
       <c r="H7" s="2">
         <v>990</v>
       </c>
       <c r="I7" s="5">
-        <v>70.73</v>
+        <v>105.21</v>
       </c>
       <c r="J7" s="5">
         <v>44.21</v>
       </c>
       <c r="K7" s="5">
         <v>14.74</v>
       </c>
     </row>
     <row r="8" ht="80" customHeight="true">
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
         <v>1</v>
       </c>
@@ -1874,51 +1874,51 @@
       <c r="K8" s="5">
         <v>38.98</v>
       </c>
     </row>
     <row r="9" ht="80" customHeight="true">
       <c r="B9" s="2"/>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="2">
         <v>1</v>
       </c>
       <c r="H9" s="2">
         <v>1770</v>
       </c>
       <c r="I9" s="5">
-        <v>124.2</v>
+        <v>202.16</v>
       </c>
       <c r="J9" s="5">
         <v>28.29</v>
       </c>
       <c r="K9" s="5">
         <v>28.29</v>
       </c>
     </row>
     <row r="10" ht="80" customHeight="true">
       <c r="B10" s="2"/>
       <c r="C10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="2">
         <v>4</v>
       </c>
@@ -2024,51 +2024,51 @@
       <c r="K13" s="5">
         <v>13.01</v>
       </c>
     </row>
     <row r="14" ht="80" customHeight="true">
       <c r="B14" s="2"/>
       <c r="C14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>35</v>
       </c>
       <c r="G14" s="2">
         <v>1</v>
       </c>
       <c r="H14" s="2">
         <v>710</v>
       </c>
       <c r="I14" s="5">
-        <v>120.24</v>
+        <v>143.1</v>
       </c>
       <c r="J14" s="5">
         <v>20.04</v>
       </c>
       <c r="K14" s="5">
         <v>20.04</v>
       </c>
     </row>
     <row r="15" ht="80" customHeight="true">
       <c r="B15" s="2"/>
       <c r="C15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>37</v>
       </c>
       <c r="G15" s="2">
         <v>1</v>
       </c>
@@ -2084,81 +2084,81 @@
       <c r="K15" s="5">
         <v>9.89</v>
       </c>
     </row>
     <row r="16" ht="80" customHeight="true">
       <c r="B16" s="2"/>
       <c r="C16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>39</v>
       </c>
       <c r="G16" s="2">
         <v>1</v>
       </c>
       <c r="H16" s="2">
         <v>661</v>
       </c>
       <c r="I16" s="5">
-        <v>121.63</v>
+        <v>180.99</v>
       </c>
       <c r="J16" s="5">
         <v>25.34</v>
       </c>
       <c r="K16" s="5">
         <v>25.34</v>
       </c>
     </row>
     <row r="17" ht="80" customHeight="true">
       <c r="B17" s="2"/>
       <c r="C17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>41</v>
       </c>
       <c r="G17" s="2">
         <v>1</v>
       </c>
       <c r="H17" s="2">
         <v>714</v>
       </c>
       <c r="I17" s="5">
-        <v>134.55</v>
+        <v>168.36</v>
       </c>
       <c r="J17" s="5">
         <v>23.58</v>
       </c>
       <c r="K17" s="5">
         <v>23.58</v>
       </c>
     </row>
     <row r="18" ht="80" customHeight="true">
       <c r="B18" s="2"/>
       <c r="C18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G18" s="2">
         <v>1</v>
       </c>
@@ -2204,51 +2204,51 @@
       <c r="K19" s="5">
         <v>45.72</v>
       </c>
     </row>
     <row r="20" ht="80" customHeight="true">
       <c r="B20" s="2"/>
       <c r="C20" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G20" s="2">
         <v>1</v>
       </c>
       <c r="H20" s="2">
         <v>700</v>
       </c>
       <c r="I20" s="5">
-        <v>72.41</v>
+        <v>134.72</v>
       </c>
       <c r="J20" s="5">
         <v>18.86</v>
       </c>
       <c r="K20" s="5">
         <v>18.86</v>
       </c>
     </row>
     <row r="21" ht="80" customHeight="true">
       <c r="B21" s="2"/>
       <c r="C21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="G21" s="2">
         <v>1</v>
       </c>
@@ -2264,81 +2264,81 @@
       <c r="K21" s="5">
         <v>18.82</v>
       </c>
     </row>
     <row r="22" ht="80" customHeight="true">
       <c r="B22" s="2"/>
       <c r="C22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G22" s="2">
         <v>1</v>
       </c>
       <c r="H22" s="2">
         <v>100</v>
       </c>
       <c r="I22" s="5">
-        <v>60.62</v>
+        <v>71.86</v>
       </c>
       <c r="J22" s="5">
         <v>10.06</v>
       </c>
       <c r="K22" s="5">
         <v>10.06</v>
       </c>
     </row>
     <row r="23" ht="80" customHeight="true">
       <c r="B23" s="2"/>
       <c r="C23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>53</v>
       </c>
       <c r="G23" s="2">
         <v>1</v>
       </c>
       <c r="H23" s="2">
         <v>100</v>
       </c>
       <c r="I23" s="5">
-        <v>75.86</v>
+        <v>74.94</v>
       </c>
       <c r="J23" s="5">
         <v>10.48</v>
       </c>
       <c r="K23" s="5">
         <v>10.48</v>
       </c>
     </row>
     <row r="24" ht="80" customHeight="true">
       <c r="B24" s="2"/>
       <c r="C24" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>55</v>
       </c>
       <c r="G24" s="2">
         <v>3</v>
       </c>
@@ -2354,51 +2354,51 @@
       <c r="K24" s="5">
         <v>9.39</v>
       </c>
     </row>
     <row r="25" ht="80" customHeight="true">
       <c r="B25" s="2"/>
       <c r="C25" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>57</v>
       </c>
       <c r="G25" s="2">
         <v>1</v>
       </c>
       <c r="H25" s="2">
         <v>220</v>
       </c>
       <c r="I25" s="5">
-        <v>71.36</v>
+        <v>79.95</v>
       </c>
       <c r="J25" s="5">
         <v>11.2</v>
       </c>
       <c r="K25" s="5">
         <v>11.2</v>
       </c>
     </row>
     <row r="26" ht="80" customHeight="true">
       <c r="B26" s="2"/>
       <c r="C26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>59</v>
       </c>
       <c r="G26" s="2">
         <v>1</v>
       </c>
@@ -2474,201 +2474,201 @@
       <c r="K28" s="5">
         <v>11.58</v>
       </c>
     </row>
     <row r="29" ht="80" customHeight="true">
       <c r="B29" s="2"/>
       <c r="C29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>65</v>
       </c>
       <c r="G29" s="2">
         <v>1</v>
       </c>
       <c r="H29" s="2">
         <v>3020</v>
       </c>
       <c r="I29" s="5">
-        <v>131.1</v>
+        <v>118.01</v>
       </c>
       <c r="J29" s="5">
         <v>16.5</v>
       </c>
       <c r="K29" s="5">
         <v>16.5</v>
       </c>
     </row>
     <row r="30" ht="80" customHeight="true">
       <c r="B30" s="2"/>
       <c r="C30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G30" s="2">
         <v>3</v>
       </c>
       <c r="H30" s="2">
         <v>2460</v>
       </c>
       <c r="I30" s="5">
-        <v>224.27</v>
+        <v>215.59</v>
       </c>
       <c r="J30" s="5">
         <v>90.56</v>
       </c>
       <c r="K30" s="5">
         <v>30.19</v>
       </c>
     </row>
     <row r="31" ht="80" customHeight="true">
       <c r="B31" s="2"/>
       <c r="C31" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>69</v>
       </c>
       <c r="G31" s="2">
         <v>1</v>
       </c>
       <c r="H31" s="2">
         <v>630</v>
       </c>
       <c r="I31" s="5">
-        <v>70.73</v>
+        <v>126.26</v>
       </c>
       <c r="J31" s="5">
         <v>17.68</v>
       </c>
       <c r="K31" s="5">
         <v>17.68</v>
       </c>
     </row>
     <row r="32" ht="80" customHeight="true">
       <c r="B32" s="2"/>
       <c r="C32" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>71</v>
       </c>
       <c r="G32" s="2">
         <v>1</v>
       </c>
       <c r="H32" s="2">
         <v>2260</v>
       </c>
       <c r="I32" s="5">
-        <v>103.48</v>
+        <v>87.53</v>
       </c>
       <c r="J32" s="5">
         <v>12.25</v>
       </c>
       <c r="K32" s="5">
         <v>12.25</v>
       </c>
     </row>
     <row r="33" ht="80" customHeight="true">
       <c r="B33" s="2"/>
       <c r="C33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>73</v>
       </c>
       <c r="G33" s="2">
         <v>1</v>
       </c>
       <c r="H33" s="2">
         <v>9850</v>
       </c>
       <c r="I33" s="5">
-        <v>276.05</v>
+        <v>380.84</v>
       </c>
       <c r="J33" s="5">
         <v>53.3</v>
       </c>
       <c r="K33" s="5">
         <v>53.3</v>
       </c>
     </row>
     <row r="34" ht="80" customHeight="true">
       <c r="B34" s="2"/>
       <c r="C34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>75</v>
       </c>
       <c r="G34" s="2">
         <v>1</v>
       </c>
       <c r="H34" s="2">
         <v>269</v>
       </c>
       <c r="I34" s="5">
-        <v>89.04</v>
+        <v>96.79</v>
       </c>
       <c r="J34" s="5">
         <v>13.56</v>
       </c>
       <c r="K34" s="5">
         <v>13.56</v>
       </c>
     </row>
     <row r="35">
       <c r="G35" s="2" t="str">
         <f>SUM(G3:G34)</f>
       </c>
       <c r="H35" s="2" t="str">
         <f>SUM(H3:H34)</f>
       </c>
       <c r="I35" s="5" t="str">
         <f>SUM(I3:I34)</f>
       </c>
       <c r="J35" s="5" t="str">
         <f>SUM(J3:J34)</f>
       </c>
       <c r="K35" s="5" t="str">
         <f>SUM(K3:K34)</f>
       </c>
     </row>