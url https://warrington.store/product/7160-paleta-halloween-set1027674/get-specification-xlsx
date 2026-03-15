--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="emz" ContentType="image/x-emz"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="svg" ContentType="image/svg"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="emz" ContentType="image/x-emz"/>
   <Default Extension="wmz" ContentType="image/x-wmz"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -2817,2067 +2817,2067 @@
       <c r="K2" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" ht="80" customHeight="true">
       <c r="B3" s="2"/>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="2">
         <v>3</v>
       </c>
       <c r="H3" s="2">
         <v>90</v>
       </c>
       <c r="I3" s="5">
-        <v>28.25</v>
+        <v>28.32</v>
       </c>
       <c r="J3" s="5">
-        <v>7.62</v>
+        <v>7.64</v>
       </c>
       <c r="K3" s="5">
-        <v>2.54</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="4" ht="80" customHeight="true">
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>1</v>
       </c>
       <c r="H4" s="2">
         <v>820</v>
       </c>
       <c r="I4" s="5">
-        <v>123.77</v>
+        <v>124.07</v>
       </c>
       <c r="J4" s="5">
-        <v>11.16</v>
+        <v>11.18</v>
       </c>
       <c r="K4" s="5">
-        <v>11.16</v>
+        <v>11.18</v>
       </c>
     </row>
     <row r="5" ht="80" customHeight="true">
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2">
         <v>1</v>
       </c>
       <c r="H5" s="2">
         <v>630</v>
       </c>
       <c r="I5" s="5">
-        <v>164.65</v>
+        <v>165.04</v>
       </c>
       <c r="J5" s="5">
-        <v>14.82</v>
+        <v>14.85</v>
       </c>
       <c r="K5" s="5">
-        <v>14.82</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="6" ht="80" customHeight="true">
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="2">
         <v>1</v>
       </c>
       <c r="H6" s="2">
         <v>230</v>
       </c>
       <c r="I6" s="5">
-        <v>70.73</v>
+        <v>105.46</v>
       </c>
       <c r="J6" s="5">
-        <v>9.47</v>
+        <v>9.5</v>
       </c>
       <c r="K6" s="5">
-        <v>9.47</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>2</v>
       </c>
       <c r="H7" s="2">
         <v>250</v>
       </c>
       <c r="I7" s="5">
-        <v>63.66</v>
+        <v>120.14</v>
       </c>
       <c r="J7" s="5">
-        <v>21.56</v>
+        <v>21.61</v>
       </c>
       <c r="K7" s="5">
-        <v>10.78</v>
+        <v>10.81</v>
       </c>
     </row>
     <row r="8">
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
         <v>1</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="5">
-        <v>67.19</v>
+        <v>67.35</v>
       </c>
       <c r="J8" s="5">
-        <v>6.06</v>
+        <v>6.08</v>
       </c>
       <c r="K8" s="5">
-        <v>6.06</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="9" ht="80" customHeight="true">
       <c r="B9" s="2"/>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G9" s="2">
         <v>2</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="5">
-        <v>68.96</v>
+        <v>119.97</v>
       </c>
       <c r="J9" s="5">
-        <v>21.56</v>
+        <v>21.61</v>
       </c>
       <c r="K9" s="5">
-        <v>10.78</v>
+        <v>10.81</v>
       </c>
     </row>
     <row r="10" ht="80" customHeight="true">
       <c r="B10" s="2"/>
       <c r="C10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G10" s="2">
         <v>1</v>
       </c>
       <c r="H10" s="2">
         <v>218</v>
       </c>
       <c r="I10" s="5">
-        <v>67.19</v>
+        <v>120.14</v>
       </c>
       <c r="J10" s="5">
-        <v>10.78</v>
+        <v>10.8</v>
       </c>
       <c r="K10" s="5">
-        <v>10.78</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="11" ht="80" customHeight="true">
       <c r="B11" s="2"/>
       <c r="C11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G11" s="2">
         <v>3</v>
       </c>
       <c r="H11" s="2">
         <v>300</v>
       </c>
       <c r="I11" s="5">
-        <v>63.66</v>
+        <v>63.81</v>
       </c>
       <c r="J11" s="5">
-        <v>17.18</v>
+        <v>17.22</v>
       </c>
       <c r="K11" s="5">
-        <v>5.73</v>
+        <v>5.74</v>
       </c>
     </row>
     <row r="12" ht="80" customHeight="true">
       <c r="B12" s="2"/>
       <c r="C12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>29</v>
       </c>
       <c r="G12" s="2">
         <v>1</v>
       </c>
       <c r="H12" s="2">
         <v>370</v>
       </c>
       <c r="I12" s="5">
-        <v>89.67</v>
+        <v>89.89</v>
       </c>
       <c r="J12" s="5">
-        <v>8.08</v>
+        <v>8.1</v>
       </c>
       <c r="K12" s="5">
-        <v>8.08</v>
+        <v>8.1</v>
       </c>
     </row>
     <row r="13" ht="80" customHeight="true">
       <c r="B13" s="2"/>
       <c r="C13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>31</v>
       </c>
       <c r="G13" s="2">
         <v>1</v>
       </c>
       <c r="H13" s="2">
         <v>590</v>
       </c>
       <c r="I13" s="5">
-        <v>67.36</v>
+        <v>67.52</v>
       </c>
       <c r="J13" s="5">
-        <v>6.06</v>
+        <v>6.08</v>
       </c>
       <c r="K13" s="5">
-        <v>6.06</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="14">
       <c r="B14" s="2"/>
       <c r="C14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="G14" s="2">
         <v>2</v>
       </c>
       <c r="H14" s="2">
         <v>280</v>
       </c>
       <c r="I14" s="5">
-        <v>106.09</v>
+        <v>106.34</v>
       </c>
       <c r="J14" s="5">
-        <v>19.11</v>
+        <v>19.16</v>
       </c>
       <c r="K14" s="5">
-        <v>9.56</v>
+        <v>9.58</v>
       </c>
     </row>
     <row r="15" ht="80" customHeight="true">
       <c r="B15" s="2"/>
       <c r="C15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>35</v>
       </c>
       <c r="G15" s="2">
         <v>3</v>
       </c>
       <c r="H15" s="2">
         <v>120</v>
       </c>
       <c r="I15" s="5">
-        <v>71.57</v>
+        <v>71.74</v>
       </c>
       <c r="J15" s="5">
-        <v>19.32</v>
+        <v>19.37</v>
       </c>
       <c r="K15" s="5">
-        <v>6.44</v>
+        <v>6.46</v>
       </c>
     </row>
     <row r="16" ht="80" customHeight="true">
       <c r="B16" s="2"/>
       <c r="C16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>37</v>
       </c>
       <c r="G16" s="2">
         <v>1</v>
       </c>
       <c r="H16" s="2">
         <v>580</v>
       </c>
       <c r="I16" s="5">
-        <v>67.36</v>
+        <v>686</v>
       </c>
       <c r="J16" s="5">
-        <v>61.59</v>
+        <v>61.74</v>
       </c>
       <c r="K16" s="5">
-        <v>61.59</v>
+        <v>61.74</v>
       </c>
     </row>
     <row r="17" ht="80" customHeight="true">
       <c r="B17" s="2"/>
       <c r="C17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>39</v>
       </c>
       <c r="G17" s="2">
         <v>1</v>
       </c>
       <c r="H17" s="2">
         <v>370</v>
       </c>
       <c r="I17" s="5">
-        <v>67.36</v>
+        <v>67.52</v>
       </c>
       <c r="J17" s="5">
-        <v>6.06</v>
+        <v>6.08</v>
       </c>
       <c r="K17" s="5">
-        <v>6.06</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="18" ht="80" customHeight="true">
       <c r="B18" s="2"/>
       <c r="C18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>41</v>
       </c>
       <c r="G18" s="2">
         <v>1</v>
       </c>
       <c r="H18" s="2">
         <v>156</v>
       </c>
       <c r="I18" s="5">
-        <v>78.01</v>
+        <v>102.63</v>
       </c>
       <c r="J18" s="5">
-        <v>9.22</v>
+        <v>9.24</v>
       </c>
       <c r="K18" s="5">
-        <v>9.22</v>
+        <v>9.24</v>
       </c>
     </row>
     <row r="19" ht="80" customHeight="true">
       <c r="B19" s="2"/>
       <c r="C19" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G19" s="2">
         <v>1</v>
       </c>
       <c r="H19" s="2">
         <v>230</v>
       </c>
       <c r="I19" s="5">
-        <v>67.36</v>
+        <v>67.52</v>
       </c>
       <c r="J19" s="5">
-        <v>6.06</v>
+        <v>6.08</v>
       </c>
       <c r="K19" s="5">
-        <v>6.06</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="20" ht="80" customHeight="true">
       <c r="B20" s="2"/>
       <c r="C20" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>45</v>
       </c>
       <c r="G20" s="2">
         <v>1</v>
       </c>
       <c r="H20" s="2">
         <v>220</v>
       </c>
       <c r="I20" s="5">
-        <v>63.66</v>
+        <v>63.81</v>
       </c>
       <c r="J20" s="5">
-        <v>5.73</v>
+        <v>5.74</v>
       </c>
       <c r="K20" s="5">
-        <v>5.73</v>
+        <v>5.74</v>
       </c>
     </row>
     <row r="21" ht="80" customHeight="true">
       <c r="B21" s="2"/>
       <c r="C21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G21" s="2">
         <v>1</v>
       </c>
       <c r="H21" s="2">
         <v>580</v>
       </c>
       <c r="I21" s="5">
-        <v>139.14</v>
+        <v>264.55</v>
       </c>
       <c r="J21" s="5">
-        <v>23.74</v>
+        <v>23.8</v>
       </c>
       <c r="K21" s="5">
-        <v>23.74</v>
+        <v>23.8</v>
       </c>
     </row>
     <row r="22" ht="80" customHeight="true">
       <c r="B22" s="2"/>
       <c r="C22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>49</v>
       </c>
       <c r="G22" s="2">
         <v>1</v>
       </c>
       <c r="H22" s="2">
         <v>180</v>
       </c>
       <c r="I22" s="5">
-        <v>42.65</v>
+        <v>42.75</v>
       </c>
       <c r="J22" s="5">
-        <v>3.83</v>
+        <v>3.84</v>
       </c>
       <c r="K22" s="5">
-        <v>3.83</v>
+        <v>3.84</v>
       </c>
     </row>
     <row r="23" ht="80" customHeight="true">
       <c r="B23" s="2"/>
       <c r="C23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G23" s="2">
         <v>1</v>
       </c>
       <c r="H23" s="2">
         <v>330</v>
       </c>
       <c r="I23" s="5">
-        <v>53.05</v>
+        <v>73.6</v>
       </c>
       <c r="J23" s="5">
-        <v>6.61</v>
+        <v>6.63</v>
       </c>
       <c r="K23" s="5">
-        <v>6.61</v>
+        <v>6.63</v>
       </c>
     </row>
     <row r="24">
       <c r="B24" s="2"/>
       <c r="C24" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>53</v>
       </c>
       <c r="G24" s="2">
         <v>3</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="5">
-        <v>67.36</v>
+        <v>67.52</v>
       </c>
       <c r="J24" s="5">
-        <v>18.19</v>
+        <v>18.23</v>
       </c>
       <c r="K24" s="5">
-        <v>6.06</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="25" ht="80" customHeight="true">
       <c r="B25" s="2"/>
       <c r="C25" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>55</v>
       </c>
       <c r="G25" s="2">
         <v>11</v>
       </c>
       <c r="H25" s="2">
         <v>260</v>
       </c>
       <c r="I25" s="5">
-        <v>91.95</v>
+        <v>92.16</v>
       </c>
       <c r="J25" s="5">
-        <v>91.02</v>
+        <v>91.24</v>
       </c>
       <c r="K25" s="5">
-        <v>8.27</v>
+        <v>8.29</v>
       </c>
     </row>
     <row r="26" ht="80" customHeight="true">
       <c r="B26" s="2"/>
       <c r="C26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>57</v>
       </c>
       <c r="G26" s="2">
         <v>1</v>
       </c>
       <c r="H26" s="2">
         <v>210</v>
       </c>
       <c r="I26" s="5">
-        <v>75.86</v>
+        <v>76.04</v>
       </c>
       <c r="J26" s="5">
-        <v>6.82</v>
+        <v>6.84</v>
       </c>
       <c r="K26" s="5">
-        <v>6.82</v>
+        <v>6.84</v>
       </c>
     </row>
     <row r="27" ht="80" customHeight="true">
       <c r="B27" s="2"/>
       <c r="C27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>59</v>
       </c>
       <c r="G27" s="2">
         <v>1</v>
       </c>
       <c r="H27" s="2">
         <v>610</v>
       </c>
       <c r="I27" s="5">
-        <v>68.62</v>
+        <v>102.84</v>
       </c>
       <c r="J27" s="5">
-        <v>9.22</v>
+        <v>9.24</v>
       </c>
       <c r="K27" s="5">
-        <v>9.22</v>
+        <v>9.24</v>
       </c>
     </row>
     <row r="28" ht="80" customHeight="true">
       <c r="B28" s="2"/>
       <c r="C28" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>61</v>
       </c>
       <c r="G28" s="2">
         <v>1</v>
       </c>
       <c r="H28" s="2">
         <v>370</v>
       </c>
       <c r="I28" s="5">
-        <v>47.19</v>
+        <v>39.25</v>
       </c>
       <c r="J28" s="5">
         <v>3.54</v>
       </c>
       <c r="K28" s="5">
         <v>3.54</v>
       </c>
     </row>
     <row r="29" ht="80" customHeight="true">
       <c r="B29" s="2"/>
       <c r="C29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>63</v>
       </c>
       <c r="G29" s="2">
         <v>2</v>
       </c>
       <c r="H29" s="2">
         <v>750</v>
       </c>
       <c r="I29" s="5">
-        <v>88.41</v>
+        <v>108.07</v>
       </c>
       <c r="J29" s="5">
-        <v>19.41</v>
+        <v>19.45</v>
       </c>
       <c r="K29" s="5">
-        <v>9.71</v>
+        <v>9.73</v>
       </c>
     </row>
     <row r="30" ht="80" customHeight="true">
       <c r="B30" s="2"/>
       <c r="C30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>65</v>
       </c>
       <c r="G30" s="2">
         <v>2</v>
       </c>
       <c r="H30" s="2">
         <v>560</v>
       </c>
       <c r="I30" s="5">
-        <v>98.98</v>
+        <v>118.08</v>
       </c>
       <c r="J30" s="5">
-        <v>21.22</v>
+        <v>21.27</v>
       </c>
       <c r="K30" s="5">
-        <v>10.61</v>
+        <v>10.64</v>
       </c>
     </row>
     <row r="31" ht="80" customHeight="true">
       <c r="B31" s="2"/>
       <c r="C31" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G31" s="2">
         <v>1</v>
       </c>
       <c r="H31" s="2">
         <v>372</v>
       </c>
       <c r="I31" s="5">
-        <v>86.09</v>
+        <v>86.3</v>
       </c>
       <c r="J31" s="5">
-        <v>7.75</v>
+        <v>7.76</v>
       </c>
       <c r="K31" s="5">
-        <v>7.75</v>
+        <v>7.76</v>
       </c>
     </row>
     <row r="32" ht="80" customHeight="true">
       <c r="B32" s="2"/>
       <c r="C32" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>69</v>
       </c>
       <c r="G32" s="2">
         <v>1</v>
       </c>
       <c r="H32" s="2">
         <v>340</v>
       </c>
       <c r="I32" s="5">
-        <v>45.97</v>
+        <v>46.08</v>
       </c>
       <c r="J32" s="5">
-        <v>4.13</v>
+        <v>4.14</v>
       </c>
       <c r="K32" s="5">
-        <v>4.13</v>
+        <v>4.14</v>
       </c>
     </row>
     <row r="33" ht="80" customHeight="true">
       <c r="B33" s="2"/>
       <c r="C33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>71</v>
       </c>
       <c r="G33" s="2">
         <v>1</v>
       </c>
       <c r="H33" s="2">
         <v>680</v>
       </c>
       <c r="I33" s="5">
-        <v>59.61</v>
+        <v>59.76</v>
       </c>
       <c r="J33" s="5">
-        <v>5.35</v>
+        <v>5.36</v>
       </c>
       <c r="K33" s="5">
-        <v>5.35</v>
+        <v>5.36</v>
       </c>
     </row>
     <row r="34" ht="80" customHeight="true">
       <c r="B34" s="2"/>
       <c r="C34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>73</v>
       </c>
       <c r="G34" s="2">
         <v>1</v>
       </c>
       <c r="H34" s="2">
         <v>419</v>
       </c>
       <c r="I34" s="5">
-        <v>91.9</v>
+        <v>92.12</v>
       </c>
       <c r="J34" s="5">
-        <v>8.25</v>
+        <v>8.27</v>
       </c>
       <c r="K34" s="5">
-        <v>8.25</v>
+        <v>8.27</v>
       </c>
     </row>
     <row r="35" ht="80" customHeight="true">
       <c r="B35" s="2"/>
       <c r="C35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>75</v>
       </c>
       <c r="G35" s="2">
         <v>1</v>
       </c>
       <c r="H35" s="2">
         <v>30</v>
       </c>
       <c r="I35" s="5">
-        <v>109.63</v>
+        <v>109.89</v>
       </c>
       <c r="J35" s="5">
-        <v>9.85</v>
+        <v>9.87</v>
       </c>
       <c r="K35" s="5">
-        <v>9.85</v>
+        <v>9.87</v>
       </c>
     </row>
     <row r="36" ht="80" customHeight="true">
       <c r="B36" s="2"/>
       <c r="C36" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>77</v>
       </c>
       <c r="G36" s="2">
         <v>1</v>
       </c>
       <c r="H36" s="2">
         <v>200</v>
       </c>
       <c r="I36" s="5">
-        <v>70.73</v>
+        <v>70.9</v>
       </c>
       <c r="J36" s="5">
-        <v>6.36</v>
+        <v>6.37</v>
       </c>
       <c r="K36" s="5">
-        <v>6.36</v>
+        <v>6.37</v>
       </c>
     </row>
     <row r="37">
       <c r="B37" s="2"/>
       <c r="C37" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>79</v>
       </c>
       <c r="G37" s="2">
         <v>6</v>
       </c>
       <c r="H37" s="2">
         <v>330</v>
       </c>
       <c r="I37" s="5">
-        <v>79.53</v>
+        <v>79.72</v>
       </c>
       <c r="J37" s="5">
-        <v>42.94</v>
+        <v>43.04</v>
       </c>
       <c r="K37" s="5">
-        <v>7.16</v>
+        <v>7.17</v>
       </c>
     </row>
     <row r="38" ht="80" customHeight="true">
       <c r="B38" s="2"/>
       <c r="C38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>81</v>
       </c>
       <c r="G38" s="2">
         <v>1</v>
       </c>
       <c r="H38" s="2">
         <v>580</v>
       </c>
       <c r="I38" s="5">
-        <v>98.98</v>
+        <v>99.21</v>
       </c>
       <c r="J38" s="5">
-        <v>8.93</v>
+        <v>8.95</v>
       </c>
       <c r="K38" s="5">
-        <v>8.93</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="39" ht="80" customHeight="true">
       <c r="B39" s="2"/>
       <c r="C39" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>83</v>
       </c>
       <c r="G39" s="2">
         <v>1</v>
       </c>
       <c r="H39" s="2">
         <v>510</v>
       </c>
       <c r="I39" s="5">
-        <v>98.98</v>
+        <v>99.21</v>
       </c>
       <c r="J39" s="5">
-        <v>8.93</v>
+        <v>8.95</v>
       </c>
       <c r="K39" s="5">
-        <v>8.93</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="40">
       <c r="B40" s="2"/>
       <c r="C40" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>85</v>
       </c>
       <c r="G40" s="2">
         <v>12</v>
       </c>
       <c r="H40" s="2">
         <v>140</v>
       </c>
       <c r="I40" s="5">
-        <v>24.67</v>
+        <v>24.73</v>
       </c>
       <c r="J40" s="5">
-        <v>26.65</v>
+        <v>26.71</v>
       </c>
       <c r="K40" s="5">
-        <v>2.22</v>
+        <v>2.23</v>
       </c>
     </row>
     <row r="41" ht="80" customHeight="true">
       <c r="B41" s="2"/>
       <c r="C41" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>87</v>
       </c>
       <c r="G41" s="2">
         <v>1</v>
       </c>
       <c r="H41" s="2">
         <v>500</v>
       </c>
       <c r="I41" s="5">
-        <v>55.53</v>
+        <v>53.97</v>
       </c>
       <c r="J41" s="5">
-        <v>4.84</v>
+        <v>4.85</v>
       </c>
       <c r="K41" s="5">
-        <v>4.84</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="42" ht="80" customHeight="true">
       <c r="B42" s="2"/>
       <c r="C42" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>89</v>
       </c>
       <c r="G42" s="2">
         <v>1</v>
       </c>
       <c r="H42" s="2">
         <v>440</v>
       </c>
       <c r="I42" s="5">
-        <v>53.05</v>
+        <v>63.26</v>
       </c>
       <c r="J42" s="5">
-        <v>5.68</v>
+        <v>5.7</v>
       </c>
       <c r="K42" s="5">
-        <v>5.68</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="43" ht="80" customHeight="true">
       <c r="B43" s="2"/>
       <c r="C43" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>91</v>
       </c>
       <c r="G43" s="2">
         <v>1</v>
       </c>
       <c r="H43" s="2">
         <v>430</v>
       </c>
       <c r="I43" s="5">
-        <v>98.18</v>
+        <v>98.41</v>
       </c>
       <c r="J43" s="5">
-        <v>8.84</v>
+        <v>8.86</v>
       </c>
       <c r="K43" s="5">
-        <v>8.84</v>
+        <v>8.86</v>
       </c>
     </row>
     <row r="44" ht="80" customHeight="true">
       <c r="B44" s="2"/>
       <c r="C44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>93</v>
       </c>
       <c r="G44" s="2">
         <v>5</v>
       </c>
       <c r="H44" s="2">
         <v>120</v>
       </c>
       <c r="I44" s="5">
-        <v>15.91</v>
+        <v>15.95</v>
       </c>
       <c r="J44" s="5">
-        <v>7.16</v>
+        <v>7.17</v>
       </c>
       <c r="K44" s="5">
         <v>1.43</v>
       </c>
     </row>
     <row r="45" ht="80" customHeight="true">
       <c r="B45" s="2"/>
       <c r="C45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>95</v>
       </c>
       <c r="G45" s="2">
         <v>1</v>
       </c>
       <c r="H45" s="2">
         <v>190</v>
       </c>
       <c r="I45" s="5">
-        <v>70.35</v>
+        <v>70.52</v>
       </c>
       <c r="J45" s="5">
-        <v>6.31</v>
+        <v>6.33</v>
       </c>
       <c r="K45" s="5">
-        <v>6.31</v>
+        <v>6.33</v>
       </c>
     </row>
     <row r="46" ht="80" customHeight="true">
       <c r="B46" s="2"/>
       <c r="C46" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>97</v>
       </c>
       <c r="G46" s="2">
         <v>1</v>
       </c>
       <c r="H46" s="2">
         <v>420</v>
       </c>
       <c r="I46" s="5">
-        <v>87.65</v>
+        <v>126.56</v>
       </c>
       <c r="J46" s="5">
-        <v>11.37</v>
+        <v>11.39</v>
       </c>
       <c r="K46" s="5">
-        <v>11.37</v>
+        <v>11.39</v>
       </c>
     </row>
     <row r="47" ht="80" customHeight="true">
       <c r="B47" s="2"/>
       <c r="C47" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>99</v>
       </c>
       <c r="G47" s="2">
         <v>1</v>
       </c>
       <c r="H47" s="2">
         <v>540</v>
       </c>
       <c r="I47" s="5">
-        <v>101.71</v>
+        <v>113.9</v>
       </c>
       <c r="J47" s="5">
-        <v>10.23</v>
+        <v>10.25</v>
       </c>
       <c r="K47" s="5">
-        <v>10.23</v>
+        <v>10.25</v>
       </c>
     </row>
     <row r="48" ht="80" customHeight="true">
       <c r="B48" s="2"/>
       <c r="C48" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>101</v>
       </c>
       <c r="G48" s="2">
         <v>1</v>
       </c>
       <c r="H48" s="2">
         <v>510</v>
       </c>
       <c r="I48" s="5">
-        <v>81.34</v>
+        <v>81.53</v>
       </c>
       <c r="J48" s="5">
-        <v>7.33</v>
+        <v>7.34</v>
       </c>
       <c r="K48" s="5">
-        <v>7.33</v>
+        <v>7.34</v>
       </c>
     </row>
     <row r="49" ht="80" customHeight="true">
       <c r="B49" s="2"/>
       <c r="C49" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="F49" s="4" t="s">
         <v>103</v>
       </c>
       <c r="G49" s="2">
         <v>1</v>
       </c>
       <c r="H49" s="2">
         <v>510</v>
       </c>
       <c r="I49" s="5">
-        <v>81.34</v>
+        <v>175.43</v>
       </c>
       <c r="J49" s="5">
-        <v>15.75</v>
+        <v>15.78</v>
       </c>
       <c r="K49" s="5">
-        <v>15.75</v>
+        <v>15.78</v>
       </c>
     </row>
     <row r="50" ht="80" customHeight="true">
       <c r="B50" s="2"/>
       <c r="C50" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="F50" s="4" t="s">
         <v>105</v>
       </c>
       <c r="G50" s="2">
         <v>3</v>
       </c>
       <c r="H50" s="2">
         <v>730</v>
       </c>
       <c r="I50" s="5">
-        <v>130.17</v>
+        <v>174.96</v>
       </c>
       <c r="J50" s="5">
-        <v>47.11</v>
+        <v>47.22</v>
       </c>
       <c r="K50" s="5">
-        <v>15.7</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="51" ht="80" customHeight="true">
       <c r="B51" s="2"/>
       <c r="C51" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="F51" s="4" t="s">
         <v>107</v>
       </c>
       <c r="G51" s="2">
         <v>1</v>
       </c>
       <c r="H51" s="2">
         <v>280</v>
       </c>
       <c r="I51" s="5">
-        <v>70.73</v>
+        <v>70.9</v>
       </c>
       <c r="J51" s="5">
-        <v>6.36</v>
+        <v>6.37</v>
       </c>
       <c r="K51" s="5">
-        <v>6.36</v>
+        <v>6.37</v>
       </c>
     </row>
     <row r="52" ht="80" customHeight="true">
       <c r="B52" s="2"/>
       <c r="C52" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="F52" s="4" t="s">
         <v>109</v>
       </c>
       <c r="G52" s="2">
         <v>1</v>
       </c>
       <c r="H52" s="2">
         <v>410</v>
       </c>
       <c r="I52" s="5">
-        <v>77.8</v>
+        <v>77.99</v>
       </c>
       <c r="J52" s="5">
-        <v>6.99</v>
+        <v>7.01</v>
       </c>
       <c r="K52" s="5">
-        <v>6.99</v>
+        <v>7.01</v>
       </c>
     </row>
     <row r="53">
       <c r="B53" s="2"/>
       <c r="C53" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="F53" s="4" t="s">
         <v>111</v>
       </c>
       <c r="G53" s="2">
         <v>1</v>
       </c>
       <c r="H53" s="2">
         <v>210</v>
       </c>
       <c r="I53" s="5">
-        <v>42.31</v>
+        <v>42.41</v>
       </c>
       <c r="J53" s="5">
-        <v>3.79</v>
+        <v>3.8</v>
       </c>
       <c r="K53" s="5">
-        <v>3.79</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="54" ht="80" customHeight="true">
       <c r="B54" s="2"/>
       <c r="C54" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="F54" s="4" t="s">
         <v>113</v>
       </c>
       <c r="G54" s="2">
         <v>1</v>
       </c>
       <c r="H54" s="2">
         <v>500</v>
       </c>
       <c r="I54" s="5">
-        <v>51.24</v>
+        <v>53.97</v>
       </c>
       <c r="J54" s="5">
-        <v>4.84</v>
+        <v>4.85</v>
       </c>
       <c r="K54" s="5">
-        <v>4.84</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="55" ht="80" customHeight="true">
       <c r="B55" s="2"/>
       <c r="C55" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F55" s="4" t="s">
         <v>115</v>
       </c>
       <c r="G55" s="2">
         <v>2</v>
       </c>
       <c r="H55" s="2">
         <v>940</v>
       </c>
       <c r="I55" s="5">
-        <v>141.5</v>
+        <v>141.83</v>
       </c>
       <c r="J55" s="5">
-        <v>25.47</v>
+        <v>25.53</v>
       </c>
       <c r="K55" s="5">
-        <v>12.74</v>
+        <v>12.77</v>
       </c>
     </row>
     <row r="56" ht="80" customHeight="true">
       <c r="B56" s="2"/>
       <c r="C56" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="F56" s="4" t="s">
         <v>115</v>
       </c>
       <c r="G56" s="2">
         <v>1</v>
       </c>
       <c r="H56" s="2">
         <v>980</v>
       </c>
       <c r="I56" s="5">
-        <v>141.5</v>
+        <v>141.83</v>
       </c>
       <c r="J56" s="5">
-        <v>12.71</v>
+        <v>12.74</v>
       </c>
       <c r="K56" s="5">
-        <v>12.71</v>
+        <v>12.74</v>
       </c>
     </row>
     <row r="57" ht="80" customHeight="true">
       <c r="B57" s="2"/>
       <c r="C57" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="F57" s="4" t="s">
         <v>101</v>
       </c>
       <c r="G57" s="2">
         <v>1</v>
       </c>
       <c r="H57" s="2">
         <v>560</v>
       </c>
       <c r="I57" s="5">
-        <v>81.34</v>
+        <v>81.53</v>
       </c>
       <c r="J57" s="5">
-        <v>7.33</v>
+        <v>7.34</v>
       </c>
       <c r="K57" s="5">
-        <v>7.33</v>
+        <v>7.34</v>
       </c>
     </row>
     <row r="58" ht="80" customHeight="true">
       <c r="B58" s="2"/>
       <c r="C58" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="F58" s="4" t="s">
         <v>99</v>
       </c>
       <c r="G58" s="2">
         <v>1</v>
       </c>
       <c r="H58" s="2">
         <v>500</v>
       </c>
       <c r="I58" s="5">
-        <v>84.87</v>
+        <v>113.9</v>
       </c>
       <c r="J58" s="5">
-        <v>10.23</v>
+        <v>10.25</v>
       </c>
       <c r="K58" s="5">
-        <v>10.23</v>
+        <v>10.25</v>
       </c>
     </row>
     <row r="59">
       <c r="B59" s="2"/>
       <c r="C59" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>119</v>
       </c>
       <c r="F59" s="4" t="s">
         <v>120</v>
       </c>
       <c r="G59" s="2">
         <v>2</v>
       </c>
       <c r="H59" s="2">
         <v>160</v>
       </c>
       <c r="I59" s="5">
-        <v>77.8</v>
+        <v>77.99</v>
       </c>
       <c r="J59" s="5">
-        <v>14.02</v>
+        <v>14.05</v>
       </c>
       <c r="K59" s="5">
-        <v>7.01</v>
+        <v>7.03</v>
       </c>
     </row>
     <row r="60" ht="80" customHeight="true">
       <c r="B60" s="2"/>
       <c r="C60" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>121</v>
       </c>
       <c r="F60" s="4" t="s">
         <v>122</v>
       </c>
       <c r="G60" s="2">
         <v>13</v>
       </c>
       <c r="H60" s="2">
         <v>370</v>
       </c>
       <c r="I60" s="5">
-        <v>70.73</v>
+        <v>70.9</v>
       </c>
       <c r="J60" s="5">
-        <v>82.77</v>
+        <v>82.97</v>
       </c>
       <c r="K60" s="5">
-        <v>6.37</v>
+        <v>6.38</v>
       </c>
     </row>
     <row r="61" ht="80" customHeight="true">
       <c r="B61" s="2"/>
       <c r="C61" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>123</v>
       </c>
       <c r="F61" s="4" t="s">
         <v>124</v>
       </c>
       <c r="G61" s="2">
         <v>14</v>
       </c>
       <c r="H61" s="2">
         <v>20</v>
       </c>
       <c r="I61" s="5">
-        <v>67.36</v>
+        <v>67.52</v>
       </c>
       <c r="J61" s="5">
-        <v>84.87</v>
+        <v>85.08</v>
       </c>
       <c r="K61" s="5">
-        <v>6.06</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="62" ht="80" customHeight="true">
       <c r="B62" s="2"/>
       <c r="C62" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>125</v>
       </c>
       <c r="F62" s="4" t="s">
         <v>126</v>
       </c>
       <c r="G62" s="2">
         <v>3</v>
       </c>
       <c r="H62" s="2">
         <v>300</v>
       </c>
       <c r="I62" s="5">
-        <v>98.98</v>
+        <v>99.21</v>
       </c>
       <c r="J62" s="5">
-        <v>26.73</v>
+        <v>26.8</v>
       </c>
       <c r="K62" s="5">
-        <v>8.91</v>
+        <v>8.93</v>
       </c>
     </row>
     <row r="63" ht="80" customHeight="true">
       <c r="B63" s="2"/>
       <c r="C63" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>127</v>
       </c>
       <c r="F63" s="4" t="s">
         <v>126</v>
       </c>
       <c r="G63" s="2">
         <v>2</v>
       </c>
       <c r="H63" s="2">
         <v>320</v>
       </c>
       <c r="I63" s="5">
-        <v>106.05</v>
+        <v>106.3</v>
       </c>
       <c r="J63" s="5">
-        <v>19.07</v>
+        <v>19.12</v>
       </c>
       <c r="K63" s="5">
-        <v>9.54</v>
+        <v>9.56</v>
       </c>
     </row>
     <row r="64" ht="80" customHeight="true">
       <c r="B64" s="2"/>
       <c r="C64" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>128</v>
       </c>
       <c r="F64" s="4" t="s">
         <v>126</v>
       </c>
       <c r="G64" s="2">
         <v>1</v>
       </c>
       <c r="H64" s="2">
         <v>320</v>
       </c>
       <c r="I64" s="5">
-        <v>95.44</v>
+        <v>95.67</v>
       </c>
       <c r="J64" s="5">
-        <v>8.59</v>
+        <v>8.61</v>
       </c>
       <c r="K64" s="5">
-        <v>8.59</v>
+        <v>8.61</v>
       </c>
     </row>
     <row r="65" ht="80" customHeight="true">
       <c r="B65" s="2"/>
       <c r="C65" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>129</v>
       </c>
       <c r="F65" s="4" t="s">
         <v>130</v>
       </c>
       <c r="G65" s="2">
         <v>1</v>
       </c>
       <c r="H65" s="2">
         <v>300</v>
       </c>
       <c r="I65" s="5">
-        <v>67.36</v>
+        <v>67.52</v>
       </c>
       <c r="J65" s="5">
-        <v>6.06</v>
+        <v>6.08</v>
       </c>
       <c r="K65" s="5">
-        <v>6.06</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="66" ht="80" customHeight="true">
       <c r="B66" s="2"/>
       <c r="C66" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>131</v>
       </c>
       <c r="F66" s="4" t="s">
         <v>132</v>
       </c>
       <c r="G66" s="2">
         <v>5</v>
       </c>
       <c r="H66" s="2">
         <v>68</v>
       </c>
       <c r="I66" s="5">
-        <v>67.36</v>
+        <v>67.52</v>
       </c>
       <c r="J66" s="5">
-        <v>30.31</v>
+        <v>30.38</v>
       </c>
       <c r="K66" s="5">
-        <v>6.06</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="67" ht="80" customHeight="true">
       <c r="B67" s="2"/>
       <c r="C67" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>133</v>
       </c>
       <c r="F67" s="4" t="s">
         <v>134</v>
       </c>
       <c r="G67" s="2">
         <v>6</v>
       </c>
       <c r="H67" s="2">
         <v>430</v>
       </c>
       <c r="I67" s="5">
-        <v>80.62</v>
+        <v>109.34</v>
       </c>
       <c r="J67" s="5">
-        <v>58.9</v>
+        <v>59.04</v>
       </c>
       <c r="K67" s="5">
-        <v>9.82</v>
+        <v>9.84</v>
       </c>
     </row>
     <row r="68">
       <c r="B68" s="2"/>
       <c r="C68" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F68" s="4" t="s">
         <v>136</v>
       </c>
       <c r="G68" s="2">
         <v>7</v>
       </c>
       <c r="H68" s="2">
         <v>100</v>
       </c>
       <c r="I68" s="5">
-        <v>84.87</v>
+        <v>85.08</v>
       </c>
       <c r="J68" s="5">
-        <v>53.47</v>
+        <v>53.59</v>
       </c>
       <c r="K68" s="5">
-        <v>7.64</v>
+        <v>7.66</v>
       </c>
     </row>
     <row r="69" ht="80" customHeight="true">
       <c r="B69" s="2"/>
       <c r="C69" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="F69" s="4" t="s">
         <v>138</v>
       </c>
       <c r="G69" s="2">
         <v>2</v>
       </c>
       <c r="H69" s="2">
         <v>1010</v>
       </c>
       <c r="I69" s="5">
-        <v>113.16</v>
+        <v>144.24</v>
       </c>
       <c r="J69" s="5">
-        <v>25.89</v>
+        <v>25.95</v>
       </c>
       <c r="K69" s="5">
-        <v>12.95</v>
+        <v>12.98</v>
       </c>
     </row>
     <row r="70" ht="80" customHeight="true">
       <c r="B70" s="2"/>
       <c r="C70" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>139</v>
       </c>
       <c r="F70" s="4" t="s">
         <v>140</v>
       </c>
       <c r="G70" s="2">
         <v>14</v>
       </c>
       <c r="H70" s="2">
         <v>600</v>
       </c>
       <c r="I70" s="5">
-        <v>91.95</v>
+        <v>92.16</v>
       </c>
       <c r="J70" s="5">
-        <v>115.86</v>
+        <v>116.13</v>
       </c>
       <c r="K70" s="5">
-        <v>8.28</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="71">
       <c r="G71" s="2" t="str">
         <f>SUM(G3:G70)</f>
       </c>
       <c r="H71" s="2" t="str">
         <f>SUM(H3:H70)</f>
       </c>
       <c r="I71" s="5" t="str">
         <f>SUM(I3:I70)</f>
       </c>
       <c r="J71" s="5" t="str">
         <f>SUM(J3:J70)</f>
       </c>
       <c r="K71" s="5" t="str">
         <f>SUM(K3:K70)</f>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="E4" r:id="rId4"/>
     <hyperlink ref="F4" r:id="rId5"/>