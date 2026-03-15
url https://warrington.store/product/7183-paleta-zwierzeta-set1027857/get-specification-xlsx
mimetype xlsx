--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="bmp" ContentType="image/bmp"/>
+  <Default Extension="tiff" ContentType="image/tiff"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="wmz" ContentType="image/x-wmz"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="svg" ContentType="image/svg"/>
   <Default Extension="emz" ContentType="image/x-emz"/>
-  <Default Extension="wmz" ContentType="image/x-wmz"/>
-[...4 lines deleted...]
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -1791,171 +1791,171 @@
       <c r="K3" s="5">
         <v>9.94</v>
       </c>
     </row>
     <row r="4" ht="80" customHeight="true">
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>2</v>
       </c>
       <c r="H4" s="2">
         <v>370</v>
       </c>
       <c r="I4" s="5">
-        <v>89.67</v>
+        <v>96.79</v>
       </c>
       <c r="J4" s="5">
         <v>23.24</v>
       </c>
       <c r="K4" s="5">
         <v>11.62</v>
       </c>
     </row>
     <row r="5" ht="80" customHeight="true">
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2">
         <v>1</v>
       </c>
       <c r="H5" s="2">
         <v>110</v>
       </c>
       <c r="I5" s="5">
-        <v>72.79</v>
+        <v>79.95</v>
       </c>
       <c r="J5" s="5">
         <v>9.6</v>
       </c>
       <c r="K5" s="5">
         <v>9.6</v>
       </c>
     </row>
     <row r="6" ht="80" customHeight="true">
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="2">
         <v>1</v>
       </c>
       <c r="H6" s="2">
         <v>160</v>
       </c>
       <c r="I6" s="5">
-        <v>105.08</v>
+        <v>103.69</v>
       </c>
       <c r="J6" s="5">
         <v>12.46</v>
       </c>
       <c r="K6" s="5">
         <v>12.46</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="2">
         <v>1</v>
       </c>
       <c r="H7" s="2">
         <v>200</v>
       </c>
       <c r="I7" s="5">
-        <v>123.77</v>
+        <v>121.58</v>
       </c>
       <c r="J7" s="5">
         <v>14.61</v>
       </c>
       <c r="K7" s="5">
         <v>14.61</v>
       </c>
     </row>
     <row r="8" ht="80" customHeight="true">
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
         <v>1</v>
       </c>
       <c r="H8" s="2">
         <v>180</v>
       </c>
       <c r="I8" s="5">
-        <v>98.18</v>
+        <v>110.98</v>
       </c>
       <c r="J8" s="5">
         <v>13.3</v>
       </c>
       <c r="K8" s="5">
         <v>13.3</v>
       </c>
     </row>
     <row r="9" ht="80" customHeight="true">
       <c r="B9" s="2"/>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="2">
         <v>1</v>
       </c>
@@ -1971,51 +1971,51 @@
       <c r="K9" s="5">
         <v>12.46</v>
       </c>
     </row>
     <row r="10" ht="80" customHeight="true">
       <c r="B10" s="2"/>
       <c r="C10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="2">
         <v>1</v>
       </c>
       <c r="H10" s="2">
         <v>2460</v>
       </c>
       <c r="I10" s="5">
-        <v>224.27</v>
+        <v>215.59</v>
       </c>
       <c r="J10" s="5">
         <v>25.89</v>
       </c>
       <c r="K10" s="5">
         <v>25.89</v>
       </c>
     </row>
     <row r="11" ht="80" customHeight="true">
       <c r="B11" s="2"/>
       <c r="C11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>29</v>
       </c>
       <c r="G11" s="2">
         <v>1</v>
       </c>
@@ -2031,51 +2031,51 @@
       <c r="K11" s="5">
         <v>7.03</v>
       </c>
     </row>
     <row r="12" ht="80" customHeight="true">
       <c r="B12" s="2"/>
       <c r="C12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="G12" s="2">
         <v>1</v>
       </c>
       <c r="H12" s="2">
         <v>1770</v>
       </c>
       <c r="I12" s="5">
-        <v>124.2</v>
+        <v>202.16</v>
       </c>
       <c r="J12" s="5">
         <v>24.25</v>
       </c>
       <c r="K12" s="5">
         <v>24.25</v>
       </c>
     </row>
     <row r="13" ht="80" customHeight="true">
       <c r="B13" s="2"/>
       <c r="C13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>33</v>
       </c>
       <c r="G13" s="2">
         <v>1</v>
       </c>
@@ -2121,51 +2121,51 @@
       <c r="K14" s="5">
         <v>7.2</v>
       </c>
     </row>
     <row r="15" ht="80" customHeight="true">
       <c r="B15" s="2"/>
       <c r="C15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>37</v>
       </c>
       <c r="G15" s="2">
         <v>1</v>
       </c>
       <c r="H15" s="2">
         <v>50</v>
       </c>
       <c r="I15" s="5">
-        <v>28.25</v>
+        <v>39.66</v>
       </c>
       <c r="J15" s="5">
         <v>4.76</v>
       </c>
       <c r="K15" s="5">
         <v>4.76</v>
       </c>
     </row>
     <row r="16" ht="80" customHeight="true">
       <c r="B16" s="2"/>
       <c r="C16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>39</v>
       </c>
       <c r="G16" s="2">
         <v>2</v>
       </c>
@@ -2181,111 +2181,111 @@
       <c r="K16" s="5">
         <v>23.35</v>
       </c>
     </row>
     <row r="17" ht="80" customHeight="true">
       <c r="B17" s="2"/>
       <c r="C17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>41</v>
       </c>
       <c r="G17" s="2">
         <v>2</v>
       </c>
       <c r="H17" s="2">
         <v>520</v>
       </c>
       <c r="I17" s="5">
-        <v>94.68</v>
+        <v>103.73</v>
       </c>
       <c r="J17" s="5">
         <v>24.88</v>
       </c>
       <c r="K17" s="5">
         <v>12.44</v>
       </c>
     </row>
     <row r="18" ht="80" customHeight="true">
       <c r="B18" s="2"/>
       <c r="C18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G18" s="2">
         <v>2</v>
       </c>
       <c r="H18" s="2">
         <v>520</v>
       </c>
       <c r="I18" s="5">
-        <v>105.17</v>
+        <v>122.05</v>
       </c>
       <c r="J18" s="5">
         <v>29.3</v>
       </c>
       <c r="K18" s="5">
         <v>14.65</v>
       </c>
     </row>
     <row r="19" ht="80" customHeight="true">
       <c r="B19" s="2"/>
       <c r="C19" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>45</v>
       </c>
       <c r="G19" s="2">
         <v>1</v>
       </c>
       <c r="H19" s="2">
         <v>1860</v>
       </c>
       <c r="I19" s="5">
-        <v>108.15</v>
+        <v>252.6</v>
       </c>
       <c r="J19" s="5">
         <v>30.31</v>
       </c>
       <c r="K19" s="5">
         <v>30.31</v>
       </c>
     </row>
     <row r="20" ht="80" customHeight="true">
       <c r="B20" s="2"/>
       <c r="C20" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G20" s="2">
         <v>2</v>
       </c>
@@ -2301,201 +2301,201 @@
       <c r="K20" s="5">
         <v>4.55</v>
       </c>
     </row>
     <row r="21" ht="80" customHeight="true">
       <c r="B21" s="2"/>
       <c r="C21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="G21" s="2">
         <v>1</v>
       </c>
       <c r="H21" s="2">
         <v>273</v>
       </c>
       <c r="I21" s="5">
-        <v>89.67</v>
+        <v>106.81</v>
       </c>
       <c r="J21" s="5">
         <v>12.8</v>
       </c>
       <c r="K21" s="5">
         <v>12.8</v>
       </c>
     </row>
     <row r="22" ht="80" customHeight="true">
       <c r="B22" s="2"/>
       <c r="C22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G22" s="2">
         <v>1</v>
       </c>
       <c r="H22" s="2">
         <v>230</v>
       </c>
       <c r="I22" s="5">
-        <v>86.22</v>
+        <v>128.11</v>
       </c>
       <c r="J22" s="5">
         <v>15.37</v>
       </c>
       <c r="K22" s="5">
         <v>15.37</v>
       </c>
     </row>
     <row r="23" ht="80" customHeight="true">
       <c r="B23" s="2"/>
       <c r="C23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G23" s="2">
         <v>1</v>
       </c>
       <c r="H23" s="2">
         <v>270</v>
       </c>
       <c r="I23" s="5">
-        <v>93.13</v>
+        <v>128.11</v>
       </c>
       <c r="J23" s="5">
         <v>15.37</v>
       </c>
       <c r="K23" s="5">
         <v>15.37</v>
       </c>
     </row>
     <row r="24" ht="80" customHeight="true">
       <c r="B24" s="2"/>
       <c r="C24" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>54</v>
       </c>
       <c r="G24" s="2">
         <v>3</v>
       </c>
       <c r="H24" s="2">
         <v>765</v>
       </c>
       <c r="I24" s="5">
-        <v>65.84</v>
+        <v>51.32</v>
       </c>
       <c r="J24" s="5">
         <v>18.48</v>
       </c>
       <c r="K24" s="5">
         <v>6.16</v>
       </c>
     </row>
     <row r="25" ht="80" customHeight="true">
       <c r="B25" s="2"/>
       <c r="C25" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>56</v>
       </c>
       <c r="G25" s="2">
         <v>2</v>
       </c>
       <c r="H25" s="2">
         <v>460</v>
       </c>
       <c r="I25" s="5">
-        <v>69.17</v>
+        <v>58.52</v>
       </c>
       <c r="J25" s="5">
         <v>14.06</v>
       </c>
       <c r="K25" s="5">
         <v>7.03</v>
       </c>
     </row>
     <row r="26" ht="80" customHeight="true">
       <c r="B26" s="2"/>
       <c r="C26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>58</v>
       </c>
       <c r="G26" s="2">
         <v>1</v>
       </c>
       <c r="H26" s="2">
         <v>980</v>
       </c>
       <c r="I26" s="5">
-        <v>80.2</v>
+        <v>95.61</v>
       </c>
       <c r="J26" s="5">
         <v>11.49</v>
       </c>
       <c r="K26" s="5">
         <v>11.49</v>
       </c>
     </row>
     <row r="27" ht="80" customHeight="true">
       <c r="B27" s="2"/>
       <c r="C27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>60</v>
       </c>
       <c r="G27" s="2">
         <v>1</v>
       </c>
@@ -2511,51 +2511,51 @@
       <c r="K27" s="5">
         <v>13.26</v>
       </c>
     </row>
     <row r="28" ht="80" customHeight="true">
       <c r="B28" s="2"/>
       <c r="C28" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>62</v>
       </c>
       <c r="G28" s="2">
         <v>4</v>
       </c>
       <c r="H28" s="2">
         <v>971</v>
       </c>
       <c r="I28" s="5">
-        <v>88.96</v>
+        <v>132.57</v>
       </c>
       <c r="J28" s="5">
         <v>63.66</v>
       </c>
       <c r="K28" s="5">
         <v>15.92</v>
       </c>
     </row>
     <row r="29" ht="80" customHeight="true">
       <c r="B29" s="2"/>
       <c r="C29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G29" s="2">
         <v>2</v>
       </c>
@@ -2571,111 +2571,111 @@
       <c r="K29" s="5">
         <v>8.06</v>
       </c>
     </row>
     <row r="30" ht="80" customHeight="true">
       <c r="B30" s="2"/>
       <c r="C30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>66</v>
       </c>
       <c r="G30" s="2">
         <v>1</v>
       </c>
       <c r="H30" s="2">
         <v>2920</v>
       </c>
       <c r="I30" s="5">
-        <v>179.39</v>
+        <v>231.51</v>
       </c>
       <c r="J30" s="5">
         <v>27.79</v>
       </c>
       <c r="K30" s="5">
         <v>27.79</v>
       </c>
     </row>
     <row r="31" ht="80" customHeight="true">
       <c r="B31" s="2"/>
       <c r="C31" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>68</v>
       </c>
       <c r="G31" s="2">
         <v>1</v>
       </c>
       <c r="H31" s="2">
         <v>2150</v>
       </c>
       <c r="I31" s="5">
-        <v>147.14</v>
+        <v>231.51</v>
       </c>
       <c r="J31" s="5">
         <v>27.79</v>
       </c>
       <c r="K31" s="5">
         <v>27.79</v>
       </c>
     </row>
     <row r="32" ht="80" customHeight="true">
       <c r="B32" s="2"/>
       <c r="C32" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>70</v>
       </c>
       <c r="G32" s="2">
         <v>1</v>
       </c>
       <c r="H32" s="2">
         <v>3060</v>
       </c>
       <c r="I32" s="5">
-        <v>199.76</v>
+        <v>231.51</v>
       </c>
       <c r="J32" s="5">
         <v>27.79</v>
       </c>
       <c r="K32" s="5">
         <v>27.79</v>
       </c>
     </row>
     <row r="33" ht="80" customHeight="true">
       <c r="B33" s="2"/>
       <c r="C33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>72</v>
       </c>
       <c r="G33" s="2">
         <v>1</v>
       </c>
@@ -2691,81 +2691,81 @@
       <c r="K33" s="5">
         <v>32.25</v>
       </c>
     </row>
     <row r="34" ht="80" customHeight="true">
       <c r="B34" s="2"/>
       <c r="C34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>74</v>
       </c>
       <c r="G34" s="2">
         <v>2</v>
       </c>
       <c r="H34" s="2">
         <v>630</v>
       </c>
       <c r="I34" s="5">
-        <v>132.19</v>
+        <v>77.34</v>
       </c>
       <c r="J34" s="5">
         <v>18.57</v>
       </c>
       <c r="K34" s="5">
         <v>9.29</v>
       </c>
     </row>
     <row r="35" ht="80" customHeight="true">
       <c r="B35" s="2"/>
       <c r="C35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>76</v>
       </c>
       <c r="G35" s="2">
         <v>1</v>
       </c>
       <c r="H35" s="2">
         <v>10510</v>
       </c>
       <c r="I35" s="5">
-        <v>448.58</v>
+        <v>446.47</v>
       </c>
       <c r="J35" s="5">
         <v>53.59</v>
       </c>
       <c r="K35" s="5">
         <v>53.59</v>
       </c>
     </row>
     <row r="36">
       <c r="G36" s="2" t="str">
         <f>SUM(G3:G35)</f>
       </c>
       <c r="H36" s="2" t="str">
         <f>SUM(H3:H35)</f>
       </c>
       <c r="I36" s="5" t="str">
         <f>SUM(I3:I35)</f>
       </c>
       <c r="J36" s="5" t="str">
         <f>SUM(J3:J35)</f>
       </c>
       <c r="K36" s="5" t="str">
         <f>SUM(K3:K35)</f>
       </c>
     </row>