--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="tiff" ContentType="image/tiff"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="wmz" ContentType="image/x-wmz"/>
+  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="svg" ContentType="image/svg"/>
   <Default Extension="emz" ContentType="image/x-emz"/>
-  <Default Extension="wmz" ContentType="image/x-wmz"/>
+  <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="gif" ContentType="image/gif"/>
-[...3 lines deleted...]
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"></Relationship><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"></Relationship><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="true" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="2" r:id="rId4"/>
   </sheets>
@@ -1906,81 +1906,81 @@
       <c r="K3" s="5">
         <v>10.27</v>
       </c>
     </row>
     <row r="4" ht="80" customHeight="true">
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
         <v>1</v>
       </c>
       <c r="H4" s="2">
         <v>480</v>
       </c>
       <c r="I4" s="5">
-        <v>57.59</v>
+        <v>58.52</v>
       </c>
       <c r="J4" s="5">
         <v>7.03</v>
       </c>
       <c r="K4" s="5">
         <v>7.03</v>
       </c>
     </row>
     <row r="5" ht="80" customHeight="true">
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2">
         <v>7</v>
       </c>
       <c r="H5" s="2">
         <v>70</v>
       </c>
       <c r="I5" s="5">
-        <v>83.06</v>
+        <v>142.34</v>
       </c>
       <c r="J5" s="5">
         <v>119.56</v>
       </c>
       <c r="K5" s="5">
         <v>17.08</v>
       </c>
     </row>
     <row r="6">
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="2">
         <v>3</v>
       </c>
@@ -1996,51 +1996,51 @@
       <c r="K6" s="5">
         <v>8.15</v>
       </c>
     </row>
     <row r="7" ht="80" customHeight="true">
       <c r="B7" s="2"/>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="2">
         <v>5</v>
       </c>
       <c r="H7" s="2">
         <v>70</v>
       </c>
       <c r="I7" s="5">
-        <v>87.57</v>
+        <v>142.34</v>
       </c>
       <c r="J7" s="5">
         <v>85.42</v>
       </c>
       <c r="K7" s="5">
         <v>17.08</v>
       </c>
     </row>
     <row r="8" ht="80" customHeight="true">
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>22</v>
       </c>
       <c r="G8" s="2">
         <v>2</v>
       </c>
@@ -2056,51 +2056,51 @@
       <c r="K8" s="5">
         <v>7.64</v>
       </c>
     </row>
     <row r="9" ht="80" customHeight="true">
       <c r="B9" s="2"/>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="2">
         <v>5</v>
       </c>
       <c r="H9" s="2">
         <v>140</v>
       </c>
       <c r="I9" s="5">
-        <v>69</v>
+        <v>79.06</v>
       </c>
       <c r="J9" s="5">
         <v>47.45</v>
       </c>
       <c r="K9" s="5">
         <v>9.49</v>
       </c>
     </row>
     <row r="10">
       <c r="B10" s="2"/>
       <c r="C10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>26</v>
       </c>
       <c r="G10" s="2">
         <v>3</v>
       </c>
@@ -2116,141 +2116,141 @@
       <c r="K10" s="5">
         <v>7.77</v>
       </c>
     </row>
     <row r="11" ht="80" customHeight="true">
       <c r="B11" s="2"/>
       <c r="C11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>28</v>
       </c>
       <c r="G11" s="2">
         <v>1</v>
       </c>
       <c r="H11" s="2">
         <v>310</v>
       </c>
       <c r="I11" s="5">
-        <v>93.13</v>
+        <v>190.92</v>
       </c>
       <c r="J11" s="5">
         <v>22.9</v>
       </c>
       <c r="K11" s="5">
         <v>22.9</v>
       </c>
     </row>
     <row r="12" ht="80" customHeight="true">
       <c r="B12" s="2"/>
       <c r="C12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="G12" s="2">
         <v>1</v>
       </c>
       <c r="H12" s="2">
         <v>320</v>
       </c>
       <c r="I12" s="5">
-        <v>91.95</v>
+        <v>109.42</v>
       </c>
       <c r="J12" s="5">
         <v>13.14</v>
       </c>
       <c r="K12" s="5">
         <v>13.14</v>
       </c>
     </row>
     <row r="13" ht="80" customHeight="true">
       <c r="B13" s="2"/>
       <c r="C13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>32</v>
       </c>
       <c r="G13" s="2">
         <v>1</v>
       </c>
       <c r="H13" s="2">
         <v>800</v>
       </c>
       <c r="I13" s="5">
-        <v>105.54</v>
+        <v>143.73</v>
       </c>
       <c r="J13" s="5">
         <v>17.26</v>
       </c>
       <c r="K13" s="5">
         <v>17.26</v>
       </c>
     </row>
     <row r="14">
       <c r="B14" s="2"/>
       <c r="C14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>34</v>
       </c>
       <c r="G14" s="2">
         <v>1</v>
       </c>
       <c r="H14" s="2">
         <v>2690</v>
       </c>
       <c r="I14" s="5">
-        <v>561.28</v>
+        <v>631.46</v>
       </c>
       <c r="J14" s="5">
         <v>75.78</v>
       </c>
       <c r="K14" s="5">
         <v>75.78</v>
       </c>
     </row>
     <row r="15" ht="80" customHeight="true">
       <c r="B15" s="2"/>
       <c r="C15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>36</v>
       </c>
       <c r="G15" s="2">
         <v>1</v>
       </c>
@@ -2446,111 +2446,111 @@
       <c r="K21" s="5">
         <v>10.53</v>
       </c>
     </row>
     <row r="22">
       <c r="B22" s="2"/>
       <c r="C22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>50</v>
       </c>
       <c r="G22" s="2">
         <v>1</v>
       </c>
       <c r="H22" s="2">
         <v>130</v>
       </c>
       <c r="I22" s="5">
-        <v>63.11</v>
+        <v>68.16</v>
       </c>
       <c r="J22" s="5">
         <v>8.17</v>
       </c>
       <c r="K22" s="5">
         <v>8.17</v>
       </c>
     </row>
     <row r="23" ht="80" customHeight="true">
       <c r="B23" s="2"/>
       <c r="C23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="G23" s="2">
         <v>1</v>
       </c>
       <c r="H23" s="2">
         <v>110</v>
       </c>
       <c r="I23" s="5">
-        <v>60.46</v>
+        <v>67.32</v>
       </c>
       <c r="J23" s="5">
         <v>8.08</v>
       </c>
       <c r="K23" s="5">
         <v>8.08</v>
       </c>
     </row>
     <row r="24" ht="80" customHeight="true">
       <c r="B24" s="2"/>
       <c r="C24" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>54</v>
       </c>
       <c r="G24" s="2">
         <v>1</v>
       </c>
       <c r="H24" s="2">
         <v>11420</v>
       </c>
       <c r="I24" s="5">
-        <v>644.17</v>
+        <v>893.87</v>
       </c>
       <c r="J24" s="5">
         <v>107.27</v>
       </c>
       <c r="K24" s="5">
         <v>107.27</v>
       </c>
     </row>
     <row r="25" ht="80" customHeight="true">
       <c r="B25" s="2"/>
       <c r="C25" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>56</v>
       </c>
       <c r="G25" s="2">
         <v>1</v>
       </c>
@@ -2686,81 +2686,81 @@
       <c r="K29" s="5">
         <v>15.87</v>
       </c>
     </row>
     <row r="30" ht="80" customHeight="true">
       <c r="B30" s="2"/>
       <c r="C30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>65</v>
       </c>
       <c r="G30" s="2">
         <v>1</v>
       </c>
       <c r="H30" s="2">
         <v>280</v>
       </c>
       <c r="I30" s="5">
-        <v>59.02</v>
+        <v>109.42</v>
       </c>
       <c r="J30" s="5">
         <v>13.14</v>
       </c>
       <c r="K30" s="5">
         <v>13.14</v>
       </c>
     </row>
     <row r="31" ht="80" customHeight="true">
       <c r="B31" s="2"/>
       <c r="C31" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G31" s="2">
         <v>1</v>
       </c>
       <c r="H31" s="2">
         <v>132</v>
       </c>
       <c r="I31" s="5">
-        <v>84.16</v>
+        <v>195.89</v>
       </c>
       <c r="J31" s="5">
         <v>23.49</v>
       </c>
       <c r="K31" s="5">
         <v>23.49</v>
       </c>
     </row>
     <row r="32" ht="80" customHeight="true">
       <c r="B32" s="2"/>
       <c r="C32" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>69</v>
       </c>
       <c r="G32" s="2">
         <v>1</v>
       </c>
@@ -2866,51 +2866,51 @@
       <c r="K35" s="5">
         <v>6.74</v>
       </c>
     </row>
     <row r="36" ht="80" customHeight="true">
       <c r="B36" s="2"/>
       <c r="C36" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>77</v>
       </c>
       <c r="G36" s="2">
         <v>1</v>
       </c>
       <c r="H36" s="2">
         <v>330</v>
       </c>
       <c r="I36" s="5">
-        <v>56.92</v>
+        <v>83.48</v>
       </c>
       <c r="J36" s="5">
         <v>10.02</v>
       </c>
       <c r="K36" s="5">
         <v>10.02</v>
       </c>
     </row>
     <row r="37" ht="80" customHeight="true">
       <c r="B37" s="2"/>
       <c r="C37" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>79</v>
       </c>
       <c r="G37" s="2">
         <v>1</v>
       </c>
@@ -2926,51 +2926,51 @@
       <c r="K37" s="5">
         <v>25.89</v>
       </c>
     </row>
     <row r="38" ht="80" customHeight="true">
       <c r="B38" s="2"/>
       <c r="C38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>81</v>
       </c>
       <c r="G38" s="2">
         <v>2</v>
       </c>
       <c r="H38" s="2">
         <v>5987</v>
       </c>
       <c r="I38" s="5">
-        <v>771.78</v>
+        <v>919.25</v>
       </c>
       <c r="J38" s="5">
         <v>220.6</v>
       </c>
       <c r="K38" s="5">
         <v>110.3</v>
       </c>
     </row>
     <row r="39" ht="80" customHeight="true">
       <c r="B39" s="2"/>
       <c r="C39" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>83</v>
       </c>
       <c r="G39" s="2">
         <v>3</v>
       </c>
@@ -3046,51 +3046,51 @@
       <c r="K41" s="5">
         <v>13.89</v>
       </c>
     </row>
     <row r="42" ht="80" customHeight="true">
       <c r="B42" s="2"/>
       <c r="C42" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>89</v>
       </c>
       <c r="G42" s="2">
         <v>1</v>
       </c>
       <c r="H42" s="2">
         <v>113</v>
       </c>
       <c r="I42" s="5">
-        <v>66.6</v>
+        <v>87.15</v>
       </c>
       <c r="J42" s="5">
         <v>10.44</v>
       </c>
       <c r="K42" s="5">
         <v>10.44</v>
       </c>
     </row>
     <row r="43" ht="80" customHeight="true">
       <c r="B43" s="2"/>
       <c r="C43" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>91</v>
       </c>
       <c r="G43" s="2">
         <v>2</v>
       </c>